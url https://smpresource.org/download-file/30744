--- v0 (2025-10-04)
+++ v1 (2026-02-22)
@@ -1,162 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="01781292" w14:textId="25D36472" w:rsidR="00BF08BC" w:rsidRDefault="008D1764" w:rsidP="008D1764">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39C13CF6" wp14:editId="5B13BB9A">
             <wp:extent cx="2346960" cy="1101266"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2375633" cy="1114720"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="12D2B11C" w14:textId="77777777" w:rsidR="00773B38" w:rsidRDefault="00773B38" w:rsidP="00773B38">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F388E76" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="001B32EB" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc222312184"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:bCs/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Ejemplo de comunicado de prensa #1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:bCs/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127D19A0" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="es-US"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1072F08D" w14:textId="7322A0BB" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>PARA SU PUBLICACIÓN INMEDIATA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67BE357B" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
-[...4 lines deleted...]
-          <w:lang w:val="es-US"/>
+    <w:p w14:paraId="24830839" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0716B030" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
-[...4 lines deleted...]
-          <w:lang w:val="es-US"/>
+    <w:p w14:paraId="51DF329F" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Información de contacto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C71E89F" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
-[...4 lines deleted...]
-          <w:lang w:val="es-US"/>
+    <w:p w14:paraId="7AA5D546" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DE LA ORGANIZACIÓN. INCLUYA A LA PATRULLA DE MEDICARE PARA ADULTOS MAYORES.]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
         <w:t>[INGRESE EL NOMBRE DEL CONTACTO]</w:t>
       </w:r>
@@ -184,1146 +229,501 @@
         <w:br/>
         <w:t>[INGRESE LA DIRECCIÓN DE CORREO ELECTRÓNICO]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE LA DIRECCIÓN WEB]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F5E4AC" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="46F3E4A0" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La Semana de Prevención del Fraude contra Medicare les enseña a todos a prevenir el fraude</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C5243D8" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="1596B441" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Ciudad, Estado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>)– El fraude le cuesta a Medicare aproximadamente $60 mil millones al año. A los beneficiarios de Medicare, les cuesta tiempo, estrés, sus identidades médicas y, potencialmente, su salud. A las familias, amigos y cuidadores, les cuestan preocupaciones y pérdida de trabajo cuando ayudan a sus seres queridos a recuperarse después de haber sido víctimas del fraude contra Medicare.</w:t>
+        <w:t>)– El fraude le cuesta a Medicare aproximadamente $60 mil millones al año. A los beneficiarios de Medicare, les cuesta tiempo, estrés, sus identidades médicas y, potencialmente, su salud. A las familias, amigos y cuidadores, les cuestan preocupaciones y pérdida de trabajo cuando ayudan a sus seres queridos a recuperarse del fraude contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B01997F" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="518DEB31" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">“El fraude contra Medicare tiene un efecto devastador en los beneficiarios y en el programa de Medicare”, dijo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE AQUÍ EL NOMBRE Y EL PUESTO DEL CONTACTO DE LA SMP. Asegúrese de incluir también “Patrulla de Medicare para Adultos Mayores (SMP)”]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. “Les enseñamos a las personas cómo pueden evitar experimentar un fraude contra Medicare. Al prevenir el fraude, este programa ayuda a las personas y protege al programa de Medicare para las generaciones futuras”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0166E9BD" w14:textId="77777777" w:rsidR="006A0514" w:rsidRDefault="006A0514" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="4C849EE0" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...586 lines deleted...]
-        <w:t xml:space="preserve"> y cinco.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Aprenda a protegerse a usted y a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) y a sus socios en la Semana de Prevención del Fraude contra Medicare, la cual ocurre la semana del 5 de junio, o 6/5, ya que la mayoría de las personas se vuelven elegibles para Medicare cuando cumplen 65 años.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D34A607" w14:textId="20553F37" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="16CFDCAE" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">para Adultos Mayores. Esperamos que las personas recuerden los números ‘6-5’ para ayudarnos a celebrar la Semana de Prevención del Fraude contra Medicare”, comentó </w:t>
+        <w:t xml:space="preserve">Estamos emocionados de enseñarles a las personas cómo pueden protegerse en contra del fraude contra Medicare y sobre los servicios que ofrece el programa de la Patrulla de Medicare para Adultos Mayores. Esperamos que las personas recuerden los números ‘6-5’ para ayudarnos a celebrar la Semana de Prevención del Fraude contra Medicare”, comentó </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DEL CONTACTO]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D25BB8" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="3F51C8DE" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Todos tienen una función en la lucha contra el fraude. Durante la Semana de Prevención del Fraude contra Medicare:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C158161" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="3F93B554" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los beneficiarios de Medicare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> pueden revisar sus estados de cuenta del seguro para asegurarse de que los productos y servicios recibidos coincidan con el contenido de los estados de cuenta. Pueden solicitar formatos gratuitos de Mi Rastreador de Atención de Salud con su SMP local.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3011306B" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="20A038B3" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Los cuidadores</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> pueden ayudar al estar atentos a artículos, como equipo médico duradero (por ejemplo, cajas de rodilleras) en la casa, que pueden haberle enviado al beneficiario sin su aprobación o la de su médico. Pueden recordarle a su cliente o ser querido que nunca comparta su número de Medicare u otra información personal por teléfono.</w:t>
+        <w:t>Los cuidadores y sus familias</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pueden ayudar al estar atentos a artículos, como equipo médico duradero (por ejemplo, cajas de rodilleras) en la casa, que pueden haberle enviado al beneficiario sin su aprobación o la de su médico. Pueden recordarle a su cliente o ser querido que proteja su número de Medicare como lo haría con el número de una tarjeta de crédito. Pueden ayudar a sus seres queridos a crear una cuenta en Medicare.gov para acceder a sus estados de cuenta de Medicare en línea o recordarles que los abran y revisen cuando lleguen por correo. También pueden registrar su número telefónico en las listas de "no llamar" y visitar optoutprescreen.com para dejar de recibir correspondencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7B4BF8" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="3DABF50F" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Las familias</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> pueden ayudar al hablar con sus seres queridos sobre cómo proteger su número de Medicare como lo harían con el número de una tarjeta de crédito. Pueden ayudar a sus seres queridos a crear una cuenta en Medicare.gov para acceder a sus estados de cuenta de Medicare en línea o recordarles que los abran y revisen cuando lleguen por correo. También pueden registrar su número telefónico en las listas de "no llamar" y visitar optoutprescreen.com para dejar de recibir correspondencia.</w:t>
+        <w:t>Los socios</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pueden ayudar al compartir información de la SMP en las redes sociales, referir a clientes y consumidores a la SMP e invitar a la SMP a hablar durante un evento compartido. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B1E2D6D" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00B64336" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="08E5059D" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Los socios y profesionales</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> pueden ayudar al compartir información de la SMP en las redes sociales, referir a clientes y consumidores a la SMP e invitar a la SMP a hablar durante un evento compartido. </w:t>
+        <w:t>Los profesionales de atención de salud</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pueden ayudar al hablar con sus pacientes sobre las estafas en la atención de salud, como aquellas relacionadas con el equipo médico duradero y las pruebas genéticas. Pueden recordarles que solo los médicos con quienes acuden regularmente pueden pedir estos productos y servicios. Los artículos médicos necesarios nunca deben pedirse a través de anuncios de televisión o llamadas no solicitadas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC1A19D" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="00941A74" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
+    <w:p w14:paraId="5514FE3F" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="009D4216" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00941A74">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-4"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> pueden ayudar al hablar con sus pacientes sobre las estafas en la atención de salud, como aquellas relacionadas con el equipo médico duradero y las pruebas genéticas. Pueden recordarles que solo los médicos con quienes acuden regularmente pueden pedir estos productos y servicios. Los artículos médicos necesarios nunca deben pedirse a través de anuncios de televisión o llamadas no solicitadas.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Los miembros de la comunidad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pueden ayudar al estar al pendientes de sus vecinos mayores. Cuando estén en un lugar público, pueden poner atención a los adultos mayores que estén comprando tarjetas de regalo en grandes cantidades. Pueden animar a sus conocidos a hablar con una fuente de confianza sobre sus preguntas relacionadas con Medicare y contarles a sus vecinos sobre las estafas más recientes relacionadas con Medicare. ¡Incluso pueden considerar el voluntariado con la SMP local!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5261D6FB" w14:textId="77777777" w:rsidR="00ED6DE7" w:rsidRPr="009D4216" w:rsidRDefault="00ED6DE7" w:rsidP="00ED6DE7">
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> de sus vecinos mayores. Cuando estén en un lugar público, pueden poner atención a los adultos mayores que estén comprando tarjetas de regalo en grandes cantidades. Pueden animar a sus conocidos a hablar con una fuente de confianza sobre sus preguntas relacionadas con Medicare y contarles a sus vecinos sobre las estafas más recientes relacionadas con Medicare. ¡Incluso pueden considerar el voluntariado con la SMP local!</w:t>
+    <w:p w14:paraId="216AA928" w14:textId="77777777" w:rsidR="00592FB1" w:rsidRPr="000408B0" w:rsidRDefault="00592FB1" w:rsidP="00592FB1">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">La Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) está lista para brindarle la información que necesita para PROTEGERSE a sí mismo(a) contra los fraudes, errores y abusos de Medicare, DETECTAR fraudes, errores y abusos potenciales y REPORTAR sus preocupaciones. Las SMP ayudan a educar y a empoderar a los beneficiarios de Medicare en la lucha en contra del fraude de atención de salud. Su SMP puede ayudarle con sus preguntas, inquietudes o quejas relacionadas con posibles instancias de fraude y abuso. También proporciona información y presentaciones educativas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5117E948" w14:textId="0E8137F3" w:rsidR="002B16F9" w:rsidRPr="00100446" w:rsidRDefault="00ED6DE7" w:rsidP="000E7878">
-[...26 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5117E948" w14:textId="18CCB3D2" w:rsidR="002B16F9" w:rsidRPr="00100446" w:rsidRDefault="002B16F9" w:rsidP="00592FB1">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002B16F9" w:rsidRPr="00100446">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E17520A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AF8E16E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1400,117 +800,116 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="103575557">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00773B38"/>
-    <w:rsid w:val="000E7878"/>
     <w:rsid w:val="00100446"/>
     <w:rsid w:val="00181D03"/>
     <w:rsid w:val="00273264"/>
     <w:rsid w:val="002B16F9"/>
-    <w:rsid w:val="004D4FD4"/>
     <w:rsid w:val="004D5C57"/>
     <w:rsid w:val="00560229"/>
-    <w:rsid w:val="006A0514"/>
-    <w:rsid w:val="006F7DBF"/>
+    <w:rsid w:val="005730F7"/>
+    <w:rsid w:val="00592FB1"/>
     <w:rsid w:val="007452B4"/>
     <w:rsid w:val="00773B38"/>
     <w:rsid w:val="007C0DEE"/>
     <w:rsid w:val="008D1764"/>
     <w:rsid w:val="00906B33"/>
-    <w:rsid w:val="00AC26E0"/>
+    <w:rsid w:val="00A56761"/>
     <w:rsid w:val="00B345C8"/>
     <w:rsid w:val="00BF08BC"/>
+    <w:rsid w:val="00C24229"/>
     <w:rsid w:val="00C959E9"/>
-    <w:rsid w:val="00ED6DE7"/>
+    <w:rsid w:val="00F708D5"/>
+    <w:rsid w:val="00FA59E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="223008FF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EABCB1B7-371C-4E75-A502-BD3C4189C53B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1890,50 +1289,51 @@
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00BF08BC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="120" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="00B0F0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
@@ -2018,58 +1418,58 @@
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00560229"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00906B33"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2323,59 +1723,347 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e06748d2-86d2-4c2e-bda4-f829a0cd106a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0103f796-9552-4033-b8f8-84d87517931f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100793969650480094496BF20F24360705C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="177895ceba1e85a7a4029fe1fb31b145">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0103f796-9552-4033-b8f8-84d87517931f" xmlns:ns3="e06748d2-86d2-4c2e-bda4-f829a0cd106a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="165399077f20dfaa63e80e8fab5ebf76" ns2:_="" ns3:_="">
+    <xsd:import namespace="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <xsd:import namespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0103f796-9552-4033-b8f8-84d87517931f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cb061aeb-2629-450a-b3f0-027c5a847652" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{086b687f-63e4-4d07-9dba-7b3622b3de80}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e06748d2-86d2-4c2e-bda4-f829a0cd106a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{235C1A92-E9F5-4D22-974A-947A7EA7F816}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AE08ED4-8FD9-491D-961C-EF3A3C6E6D46}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <ds:schemaRef ds:uri="0103f796-9552-4033-b8f8-84d87517931f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B329C14-937D-4EF0-B968-2C3EB7EF154C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <ds:schemaRef ds:uri="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>737</Words>
-  <Characters>4207</Characters>
+  <Words>773</Words>
+  <Characters>4007</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4935</CharactersWithSpaces>
+  <CharactersWithSpaces>4741</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Abby Batterson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100793969650480094496BF20F24360705C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>