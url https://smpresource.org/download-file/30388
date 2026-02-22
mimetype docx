--- v0 (2025-10-04)
+++ v1 (2026-02-22)
@@ -1,6404 +1,6315 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4206AE52" w14:textId="77777777" w:rsidR="009A3C59" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F2263F">
-      <w:pPr>
+    <w:p w14:paraId="41A8A74A" w14:textId="06F5E924" w:rsidR="009A3C59" w:rsidRPr="00110C99" w:rsidRDefault="001F048F" w:rsidP="00F471A0">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="085290"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
           <w:u w:val="none"/>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00110C99">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="085290"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
           <w:u w:val="none"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Kit de herramientas para relaciones públicas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155A60D3" w14:textId="77777777" w:rsidR="00B17038" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00840201">
+    <w:p w14:paraId="41A8A74B" w14:textId="77777777" w:rsidR="00B17038" w:rsidRPr="00285C14" w:rsidRDefault="001F048F" w:rsidP="00840201">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285C14">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cronogramas y consejos sobre el uso de los materiales mediáticos</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="-1934821658"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="47413ABF" w14:textId="77777777" w:rsidR="00E13743" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+        <w:p w14:paraId="41A8A74C" w14:textId="77777777" w:rsidR="00E13743" w:rsidRDefault="001F048F" w:rsidP="00530172">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
               <w:bCs/>
               <w:bdr w:val="nil"/>
               <w:lang w:val="es-ES_tradnl"/>
             </w:rPr>
             <w:t>Índice</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="50124071" w14:textId="4F22C0CB" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00A43A8C" w:rsidP="00941A74">
+        <w:p w14:paraId="6D7F0505" w14:textId="73BCBDD4" w:rsidR="000408B0" w:rsidRDefault="001F048F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00AE4311">
+          <w:r>
             <w:rPr>
               <w:noProof w:val="0"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-            </w:rPr>
+          <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00AE4311">
+          <w:r>
             <w:rPr>
               <w:noProof w:val="0"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc132286783" w:history="1">
-            <w:r w:rsidR="00941A74" w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312162" w:history="1">
+            <w:r w:rsidR="000408B0" w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Cronograma de planificación antes del evento</w:t>
             </w:r>
-            <w:r w:rsidR="00941A74" w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000408B0">
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00941A74" w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000408B0">
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00941A74" w:rsidRPr="00AE4311">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000408B0">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312162 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000408B0">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000408B0">
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00941A74" w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="000408B0">
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="673F1434" w14:textId="530490E0" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="3CF085A1" w14:textId="5A2AA243" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286784" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312163" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Dos meses antes del evento</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312163 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="79F6F0F8" w14:textId="1DB0123D" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="72435238" w14:textId="7B585BFE" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286785" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312164" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Encuentre el centro de recursos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312164 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="11875162" w14:textId="671F0F5C" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="1BB61B4B" w14:textId="07AED31C" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286786" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312165" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Familiarícese con los mensajes sobre el evento</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312165 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F49D6AD" w14:textId="39DFE69E" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="3441C3EB" w14:textId="7B5F964E" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286787" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312166" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Actividades del plan</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312166 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1EBD558F" w14:textId="2B6ADC51" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="5A05E6A3" w14:textId="78E9FFF2" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286788" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312167" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Involucre a los socios</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312167 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="608816F4" w14:textId="7819ED2B" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="2F6DD402" w14:textId="3D16E6B7" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286789" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312168" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Prepárese para los medios de comunicación</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312168 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5FE57DD5" w14:textId="623A84A4" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="236B0D92" w14:textId="68ED61BB" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286790" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312169" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Un mes antes del evento</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312169 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="02194380" w14:textId="30AB0B48" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="5CF46065" w14:textId="0EB96B79" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286791" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312170" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Envíe su comunicado de prensa y otros materiales de prensa a sus contactos mediáticos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312170 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E3F474A" w14:textId="280EA769" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="2622F209" w14:textId="51495A95" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286792" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312171" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Envíe paquetes de materiales promocionales a sus socios</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312171 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7C9EA7CA" w14:textId="2AA1B9A1" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="25AC19F7" w14:textId="507FF574" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286793" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312172" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Promueva el evento en las redes sociales</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312172 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6D97F348" w14:textId="649B4EB1" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="566CD246" w14:textId="6ABDEA0A" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286794" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312173" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Una semana antes del evento</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312173 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="795CF794" w14:textId="3E4EDEFC" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="27CBB474" w14:textId="314C3EDD" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286795" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312174" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Semana del evento: Fecha de inicio</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Semana del evento</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312174 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E92F4A7" w14:textId="66912083" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="4CD684A1" w14:textId="0C7CB737" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286796" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312175" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Consejos de entrevista</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312175 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="66C0AFAA" w14:textId="1F8578EB" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="5CAB010F" w14:textId="7A9472FF" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286797" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312176" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Prepárese con tiempo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312176 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="091FF67C" w14:textId="5B360F84" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="27547DDC" w14:textId="7A2FF91C" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286798" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312177" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Durante la entrevista</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312177 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2A3FB1D7" w14:textId="0999565A" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="6F6D197D" w14:textId="1E62C9C4" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286799" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312178" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Antes de que termine la entrevista</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312178 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="689640D2" w14:textId="1C9E0DD6" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="4777D5EF" w14:textId="7BCAC074" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286800" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312179" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Consejos para una entrevista en persona</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312179 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6741AF93" w14:textId="2F39DB95" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="5B56FFAC" w14:textId="18F6C346" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286801" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312180" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Consejos para una entrevista virtual frente a una cámara</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312180 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5DF97AD5" w14:textId="3865FFD1" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="339B5F1F" w14:textId="2A522B5B" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286802" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312181" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Consejos para una entrevista telefónica</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312181 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46EA34D1" w14:textId="1EDE3DBE" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="6A9D08D8" w14:textId="5BC0F4FE" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286803" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312182" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Carta de presentación de muestra</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312182 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="21F8FDEF" w14:textId="2FE1517B" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="2569257B" w14:textId="17AD4C2A" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286804" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312183" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Ejemplo de anuncio de calendario</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312183 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="683282A7" w14:textId="361C0672" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="4DCF9F72" w14:textId="00E13999" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286805" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312184" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Ejemplo de comunicado de prensa #1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312184 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74CB2FC9" w14:textId="3605FE9B" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="3124C85C" w14:textId="42273439" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286806" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312185" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Ejemplo de comunicado de prensa #2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312185 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="31F51A2C" w14:textId="4DFE877C" w:rsidR="00941A74" w:rsidRPr="00AE4311" w:rsidRDefault="00941A74" w:rsidP="00941A74">
+        <w:p w14:paraId="6B273322" w14:textId="4C979848" w:rsidR="000408B0" w:rsidRDefault="000408B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
-              <w:lang w:eastAsia="zh-CN"/>
+              <w:lang w:eastAsia="ko-KR"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc132286807" w:history="1">
-            <w:r w:rsidRPr="00AE4311">
+          <w:hyperlink w:anchor="_Toc222312186" w:history="1">
+            <w:r w:rsidRPr="00B42D49">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Plantillas de guion de radio</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00AE4311">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc222312186 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE4311" w:rsidRPr="00AE4311">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00B32510">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="43E88C4E" w14:textId="22F9D00B" w:rsidR="0049290A" w:rsidRPr="00B241F4" w:rsidRDefault="00A43A8C">
-          <w:r w:rsidRPr="00AE4311">
+        <w:p w14:paraId="41A8A766" w14:textId="59E184A7" w:rsidR="0049290A" w:rsidRPr="00B241F4" w:rsidRDefault="001F048F">
+          <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="4B5B72D6" w14:textId="77777777" w:rsidR="00717351" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="007606D3">
+    <w:p w14:paraId="41A8A767" w14:textId="77777777" w:rsidR="00717351" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007606D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Una Semana de Prevención del Fraude contra Medicare exitosa empieza con una planificación avanzada y mucho seguimiento. El siguiente cronograma —que incluye consejos y discursos de venta de difusión mediática— puede ayudar a garantizar que se cumplan con sus objetivos de difusión mediática para la promoción de la Semana de Prevención del Fraude contra Medicare. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E51682B" w14:textId="77777777" w:rsidR="00D46FE0" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+        <w:t xml:space="preserve">Una Semana de Prevención del Fraude contra Medicare exitosa empieza con una planificación avanzada y muchos seguimientos. El siguiente cronograma —que incluye consejos y discursos de venta de difusión mediática— puede ayudar a garantizar que se cumplan con sus objetivos de difusión mediática para la promoción de la Semana de Prevención del Fraude contra Medicare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A768" w14:textId="77777777" w:rsidR="00D46FE0" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc222312162"/>
+      <w:bookmarkStart w:id="1" w:name="Two"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        <w:t>Cronograma de planificación antes del evento</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="41A8A769" w14:textId="77777777" w:rsidR="00FF41D5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00FF41D5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La Semana de Prevención del Fraude contra Medicare ocurre de lunes a viernes en la semana que incluye el 5 de junio. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A76A" w14:textId="77777777" w:rsidR="00930BD6" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
           <w:bCs/>
-          <w:bdr w:val="nil"/>
-[...25 lines deleted...]
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Two" w:history="1">
-        <w:bookmarkStart w:id="2" w:name="_Toc132286784"/>
+        <w:bookmarkStart w:id="2" w:name="_Toc222312163"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
             <w:bCs/>
             <w:color w:val="ED7D31"/>
             <w:szCs w:val="28"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Dos meses antes del evento</w:t>
         </w:r>
         <w:bookmarkEnd w:id="1"/>
         <w:bookmarkEnd w:id="2"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="374154BF" w14:textId="77777777" w:rsidR="00D734CB" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A76B" w14:textId="77777777" w:rsidR="00D734CB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc132286785"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc222312164"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Encuentre el centro de recursos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="605D01CB" w14:textId="77777777" w:rsidR="003B0A50" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00840201">
+    <w:p w14:paraId="41A8A76C" w14:textId="77777777" w:rsidR="003B0A50" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00840201">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Regístrese para recibir </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>correos electrónicos sobre la Semana de Prevención del Fraude contra Medicare</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B1AC3DA" w14:textId="77777777" w:rsidR="002C03AD" w:rsidRPr="007606D3" w:rsidRDefault="00A43A8C" w:rsidP="00840201">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A76D" w14:textId="77777777" w:rsidR="002C03AD" w:rsidRPr="007606D3" w:rsidRDefault="001F048F" w:rsidP="00840201">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Visite la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>página web de la Semana de Prevención del Fraude contra Medicare</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> del Centro de Recursos de la SMP para obtener noticias e información general sobre la Semana de Prevención del Fraude contra Medicare. Familiarícese con el contenido que se ha creado y decida si necesita crear recursos adicionales o modificar lo que ya se ha creado. Los recursos disponibles en el centro son los siguientes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD86CBD" w14:textId="543CF12A" w:rsidR="007D15A7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="007606D3">
+    <w:p w14:paraId="41A8A76E" w14:textId="77777777" w:rsidR="007D15A7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007606D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...91 lines deleted...]
-      <w:hyperlink w:anchor="_Sample_Press_Release" w:history="1">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t>consulte las plantillas</w:t>
+          <w:t>Imágenes y contenido para las redes sociales</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...12 lines deleted...]
-    <w:p w14:paraId="3299B6C7" w14:textId="3E131DBF" w:rsidR="00E90399" w:rsidRDefault="00A43A8C" w:rsidP="007606D3">
+    </w:p>
+    <w:p w14:paraId="41A8A76F" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007606D3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:ind w:left="2160"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Disponibles tal cual o puede editarlos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A770" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRPr="007606D3" w:rsidRDefault="001F048F" w:rsidP="00840201">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00DD114D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Comunicados de prensa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A771" w14:textId="77777777" w:rsidR="007D15A7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007606D3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:ind w:left="2160"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Inserte su información en los comunicados de prensa (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>consulte las plantillas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="0563C1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al final de este kit de herramientas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A772" w14:textId="77777777" w:rsidR="00E90399" w:rsidRDefault="001F048F" w:rsidP="007606D3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Videos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E05CC28" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="007606D3">
+    <w:p w14:paraId="41A8A773" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007606D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Disponibles para usarlos en las redes sociales o insertarlos en sitios web</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F75E888" w14:textId="19C0AFEE" w:rsidR="00F2179E" w:rsidRPr="00DD114D" w:rsidRDefault="00A43A8C" w:rsidP="005B2AA3">
+    <w:p w14:paraId="41A8A774" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
-[...495 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t>How to Read Your Medicare Summary Notice (MSN</w:t>
+          <w:t>Imprima todos los materiales</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">) (Cómo leer su Resumen de Medicare). También puede llamar a su SMP o visitar su sitio web para averiguar cuál es la mejor forma de protegerse y de proteger a sus seres queridos en contra del fraude, los errores o el abuso en la atención de salud. Encuentre su SMP a través de la herramienta de </w:t>
+        <w:t xml:space="preserve"> que desee usar desde el Centro. Estos incluyen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A775" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Postales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A776" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Folletos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A777" w14:textId="77777777" w:rsidR="00633B5B" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Volantes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A778" w14:textId="77777777" w:rsidR="005B2AA3" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Mi Rastreador de Atención de Salud</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A779" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc222312165"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="2F5496"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Familiarícese con los mensajes sobre el evento</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="41A8A77A" w14:textId="77777777" w:rsidR="006701C2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006701C2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lea y apréndase los siguientes mensajes que pueden usarse en los eventos en línea y en persona. Estos mensajes pueden usarse en su totalidad o de forma parcial, según se necesite. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A77B" w14:textId="77777777" w:rsidR="006701C2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006701C2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Objetivo de la semana:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la Semana de Prevención del Fraude contra Medicare se enfoca en las acciones que todos pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A77C" w14:textId="77777777" w:rsidR="008A5CBB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008A5CBB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Por qué es importante esta semana:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare pierde aproximadamente $60 mil millones cada año debido a fraudes, errores y abusos. Cada día, las cuestiones relacionadas con estos problemas afectan a las personas en todo el país y, a menudo, les cuestan dinero, tiempo y bienestar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A77D" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00253485">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Los errores relacionados con Medicare contribuyen a esta pérdida anual, aun cuando estos pueden ser errores honestos en la facturación de la atención de salud. No obstante, si un médico o proveedor comete errores repetidos, esto podría considerarse una señal de alerta de un posible fraude o abuso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A77E" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00896016">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Cuando las personas le roban a Medicare, esto nos daña a todos y es un gran negocio para los delincuentes. Algunos ejemplos comunes de fraude, errores o abuso pueden incluir:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A77F" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Cobrar por servicios o suministros que no se proporcionaron.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A780" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Falsificar un diagnóstico, la identidad de una persona, el servicio proporcionado u otros hechos para justificar el pago.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A781" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Recetar o proporcionar exámenes y servicios excesivos o innecesarios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A782" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00726270">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ser víctimas de estafas a los consumidores o de fraude en la atención de salud puede significar que su número de Medicare se ha visto "comprometido" como resultado de un robo de identidad médica. El robo contra Medicare deja menos fondos disponibles para las personas que necesitan servicios, así como para las personas que necesitarán Medicare en el futuro. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A783" w14:textId="77777777" w:rsidR="00726270" w:rsidRPr="007606D3" w:rsidRDefault="001F048F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Mensajes para audiencias específicas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A784" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="003C09EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Mensaje para beneficiarios:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>¡Empiece aprendiendo a leer sus estados de cuenta de Medicare! Lea su Resumen de Medicare (MSN, por sus siglas en inglés) o su Explicación de beneficios (EOB, por sus siglas en inglés) en el formulario impreso que recibe por correo o visite Medicare.gov y revíselos digitalmente. Recuerde los tres pasos de la SMP: ¡Prevenir, detectar y reportar!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A785" w14:textId="77777777" w:rsidR="008A5CBB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Prevenir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: aprenda a leer su MSN al ver este video, </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t xml:space="preserve">”How </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>to</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Read </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>Your</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Medicare </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>Summary</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Notice” (MSN</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) (“Cómo leer su Resumen de Medicare”). También puede llamar a su SMP o visitar su sitio web para averiguar cuál es la mejor forma de protegerse y de proteger a sus seres queridos en contra del fraude, los errores o el abuso en la atención de salud. Encuentre su SMP a través de la herramienta de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>localización estatal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713C8E31" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008A5CBB">
+    <w:p w14:paraId="41A8A786" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008A5CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Detectar:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> cuando revise su MSN o EOB, busque servicios, productos o equipo que usted no recibió, cargos dobles o artículos que su médico no pidió. Solicite y use un </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t>My Health Care Tracker</w:t>
+          <w:t>My</w:t>
         </w:r>
-      </w:hyperlink>
-[...348 lines deleted...]
-      <w:hyperlink r:id="rId18" w:history="1">
+        <w:proofErr w:type="spellEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t>sección "Print Materials" (Materiales impresos)</w:t>
+          <w:t xml:space="preserve"> Health Care Tracker</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (Mi Rastreador de Atención de Salud) de su SMP para comparar la información de las citas que registró con el contenido en sus MSN y/o EOB. O descargue la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>aplicación SMP Medicare Tracker</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para dar seguimiento a esta información en su teléfono. Si encuentra artículos preocupantes, llame a su médico o compañía en cuestión y pregúntele acerca de los posibles errores. Llame a su compañía de seguros si todavía tiene preguntas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A787" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Reportar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: llame o envíe un correo electrónico a su SMP local si cree que ha experimentado un fraude, error o abuso en la atención de salud o si desea solicitar un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>My</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Health Care Tracker (Mi Rastreador de Atención de Salud).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A788" w14:textId="77777777" w:rsidR="002B557F" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="003A6F87">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Mensajes para familiares y cuidadores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Ayude al hablar con sus seres queridos sobre cómo proteger su número de Medicare como lo harían con el número de una tarjeta de crédito. Dígales que revisen sus estados de cuenta de Medicare para detectar fraudes, errores o abusos y que nunca compartan su número de Medicare por teléfono por ninguna razón. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Pongan atención a cosas como cajas de rodilleras (conocidas como equipo médico duradero o DME, por sus siglas en inglés) por la casa. Esta es una estafa común y puede significar que su cliente o un ser querido ha sido una víctima. Recuérdele a sus clientes o seres queridos que nunca comparta su número de Medicare u otra información personal por teléfono.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A789" w14:textId="77777777" w:rsidR="00413EEA" w:rsidRPr="000408B0" w:rsidRDefault="00413EEA" w:rsidP="002B557F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A78A" w14:textId="77777777" w:rsidR="008A5CBB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00413EEA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Ayude a sus seres queridos a crear una cuenta en Medicare.gov para acceder a sus reclamos de Medicare en línea o recuérdeles que abran y revisen los estados de cuenta cuando lleguen por correo cada tres meses. También pueden registrar su número telefónico en las listas de "no llamar" y visitar optoutprescreen.com para dejar de recibir correspondencia publicitaria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A78B" w14:textId="77777777" w:rsidR="008A5CBB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008A5CBB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Mensajes para socios</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ayude al compartir información de la SMP en las redes sociales, referir a clientes y consumidores a la SMP e invitar a la SMP a hablar durante un evento compartido. Identifique formas de colaborar en temas e información relacionados con la misión.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A78C" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008A5CBB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Mensajes para profesionales de atención de salud:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Ayude al hablar con sus pacientes sobre las estafas en la atención de salud, como aquellas relacionadas con el equipo médico duradero (DME, por sus siglas en inglés), las pruebas genéticas o las tarjetas nuevas, de plástico o con chip de Medicare. Asegúreles a sus pacientes y a sus cuidadores que su consultorio y los consultorios de sus otros médicos no les llamarán para ofrecerles servicios o equipo. Enséñeles que los productos y servicios solo deben ser ordenados por sus médicos habituales, como usted, y que los artículos médicos necesarios nunca deben pedirse mediante comerciales de televisión ni llamadas no solicitadas.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> Ponga atención a las solicitudes por fax de DME, HIPAA, notas de pacientes u otros artículos o servicios sobre los que no haya hablado con su paciente. Los estafadores están contando con que su consultorio esté ocupado y que las aprueben rápidamente sin consultar primero al paciente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A78D" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mensaje para las comunidades: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Ayuden cuidando a sus vecinos mayores. Si escuchan que alguien está hablando sobre Medicare, no duden en ofrecer información sobre la SMP local y el Programa Estatal de Asistencia sobre Seguro Médico (SHIP, por sus siglas en inglés) local. Alienten a sus conocidos a hablar con una fuente de confianza sobre sus preguntas relacionadas con Medicare y hablen con sus vecinos sobre las estafas más recientes relacionadas con Medicare. ¡Consideren ser parte del servicio de voluntariado de du SMP local!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A78E" w14:textId="77777777" w:rsidR="00404F4D" w:rsidRPr="000408B0" w:rsidRDefault="00404F4D" w:rsidP="00530172">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A78F" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00963F04" w:rsidRDefault="001F048F" w:rsidP="00530172">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc222312166"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="2F5496"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Actividades del plan</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="41A8A790" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00D179CA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las actividades para esta semana pueden ocurrir virtualmente o en persona. Planificar opciones para actividades virtuales y en persona le dará más posibilidades de tener impacto. Para cualquier evento grupal, prepárese para ofrecer y/o enviar por correo materiales impresos. Consulte la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>sección "</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>Print</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>Materials</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>" (Materiales impresos)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve"> del sitio web de la Semana de Prevención del Fraude contra Medicare para obtener ideas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B59FA2" w14:textId="77777777" w:rsidR="00910EA9" w:rsidRPr="00495B3E" w:rsidRDefault="00A43A8C" w:rsidP="007E49A9">
+    <w:p w14:paraId="41A8A791" w14:textId="77777777" w:rsidR="00910EA9" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="007E49A9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las ideas pueden incluir:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B9FD3E" w14:textId="77777777" w:rsidR="00680B71" w:rsidRPr="00495B3E" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A792" w14:textId="77777777" w:rsidR="00680B71" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Actividades en persona</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3502E0" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A793" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="7FBC0C8F" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00495B3E" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Jugar juegos relacionados con el fraude (por ejemplo, bingo sobre el fraude; busque "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>game</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>" [juego] en la Biblioteca de Recursos de la SMP).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A794" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Exhibición en eventos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3ACB33" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A795" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Enseñarles a las personas a leer los estados de cuenta de Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26924A1B" w14:textId="77777777" w:rsidR="00D75DF2" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00D75DF2">
+    <w:p w14:paraId="41A8A796" w14:textId="77777777" w:rsidR="00D75DF2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00D75DF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Entregar varios Mi Rastreador de Atención de Salud y enseñarles a las personas a usarlos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5531BAE9" w14:textId="77777777" w:rsidR="00680B71" w:rsidRPr="00495B3E" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A797" w14:textId="77777777" w:rsidR="00680B71" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Temas que puede incorporar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDC52F6" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C">
+    <w:p w14:paraId="41A8A798" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Invite a alguien a quien un estafador se haya acercado o a quien hayan estafado para que comparta su experiencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72678ACB" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A799" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Comparta consejos sobre cómo detectar el fraude contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09448F73" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A79A" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Dedique un tiempo a los testimonios de voluntarios: por qué aman trabajar como voluntarios para la SMP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263FF271" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A79B" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Hable sobre los peligros del fraude, los errores y el abuso contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E448D59" w14:textId="77777777" w:rsidR="00910EA9" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A79C" w14:textId="77777777" w:rsidR="00910EA9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t>Pregunte a los miembros de la audiencia qué significa para ellos prevenir, detectar y reportar el fraude contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26EF874B" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A79D" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Comparta contenido escrito o hablado de Medicare Minutes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E261ABE" w14:textId="77777777" w:rsidR="00D75DF2" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00D75DF2">
+    <w:p w14:paraId="41A8A79E" w14:textId="77777777" w:rsidR="00D75DF2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00D75DF2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">¿Tiene suficientes voluntarios para ayudar en los eventos? Ahora sería un buen momento para averiguar si necesita capacitar a más personas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DCC457" w14:textId="77777777" w:rsidR="00F40179" w:rsidRPr="00E045B6" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A79F" w14:textId="77777777" w:rsidR="00F40179" w:rsidRPr="00E045B6" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc132286788"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc222312167"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Involucre a los socios</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="7E6504DC" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DB2B31">
+    <w:p w14:paraId="41A8A7A0" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DB2B31">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Envíe información sobre los eventos a sus socios. Pídales que divulguen y promuevan sus eventos para incrementar la asistencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0478622A" w14:textId="77777777" w:rsidR="008D59AB" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00D179CA">
+    <w:p w14:paraId="41A8A7A1" w14:textId="77777777" w:rsidR="008D59AB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00D179CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Invite a socios locales a participar en su evento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="195A8AA6" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F471A0">
+    <w:p w14:paraId="41A8A7A2" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F471A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los representantes del departamento de policía o de la oficina del alcalde pueden estar dispuestos a hablar sobre las estafas locales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4185CE48" w14:textId="77777777" w:rsidR="00253FB2" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00253FB2">
+    <w:p w14:paraId="41A8A7A3" w14:textId="77777777" w:rsidR="00253FB2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00253FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="4547810A" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F471A0">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Otros proveedores locales de servicios para personas mayores podrían estar dispuestos a compartir sus experiencias relacionadas con la identificación de un posible fraude.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A7A4" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F471A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los socios podrían querer hablar sobre cómo sus programas están trabajando juntos para servir a la comunidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632E3126" w14:textId="77777777" w:rsidR="00D734CB" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7A5" w14:textId="77777777" w:rsidR="00D734CB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Toc132286789"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc222312168"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Prepárese para los medios de comunicación</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="7E207ACF" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DF3B3E">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="41A8A7A6" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00A60053">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Heading4Char"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Trabaje con los medios de comunicación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1448A4" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00DF3B3E" w:rsidRDefault="00A43A8C" w:rsidP="00DF3B3E">
+    <w:p w14:paraId="41A8A7A7" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00DF3B3E" w:rsidRDefault="001F048F" w:rsidP="00DF3B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="083395B8" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="00A43A8C" w:rsidP="00047212">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Empiece a crear</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o actualizar una lista de información de contacto de medios de comunicación que necesitará para promover la asistencia o la cobertura de los medios de sus eventos. Los medios de comunicación pueden incluir:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A7A8" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="001F048F" w:rsidP="00047212">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Periódicos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E037B07" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="00A43A8C" w:rsidP="00047212">
+    <w:p w14:paraId="41A8A7A9" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="001F048F" w:rsidP="00047212">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Estaciones de radio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26938473" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="00A43A8C" w:rsidP="00047212">
+    <w:p w14:paraId="41A8A7AA" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="001F048F" w:rsidP="00047212">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Canales de televisión</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044CFF81" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="00A43A8C" w:rsidP="00047212">
+    <w:p w14:paraId="41A8A7AB" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="001F048F" w:rsidP="00047212">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Boletines locales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F2B588" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00835EC7">
+    <w:p w14:paraId="41A8A7AC" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00835EC7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Incluya nombres, información de contacto (direcciones de correo electrónico, números telefónicos, etc.) y una lista de información que estos medios de comunicación suelen pedir. Esto hará que el proceso sea más sencillo para las futuras solicitudes de eventos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="322AE8B1" w14:textId="77777777" w:rsidR="00265094" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00265094">
+    <w:p w14:paraId="41A8A7AD" w14:textId="77777777" w:rsidR="00265094" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00265094">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cuando trabaje con periódicos o boletines, averigüe quién cubre los eventos comunitarios, ya que este contacto puede ser diferente a su contacto general. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="332D9050" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DF3B3E">
+    <w:p w14:paraId="41A8A7AE" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DF3B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cuando trabaje con la televisión o la radio, solicite la información de contacto del productor del programa específico durante el cual le gustaría que su evento se cubriera.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760627DF" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="005B2AA3">
+    <w:p w14:paraId="41A8A7AF" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Pregunte si el sitio web de una estación mediática acepta anuncios de calendario (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sample_Calendar_Announcement" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>plantilla aquí</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">). De ser así, averigüe a dónde enviar información, qué detalles específicos </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="65349BE8" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="00455A92" w:rsidRDefault="00A43A8C" w:rsidP="00DF3B3E">
+        <w:t>). De ser así, averigüe a dónde enviar información, qué detalles específicos se necesitan y con cuánta anticipación requiere la estación que se envíen las contribuciones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A7B0" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="00455A92" w:rsidRDefault="001F048F" w:rsidP="00DF3B3E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Presentaciones de historias</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E4E03E6" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00265094">
+    <w:p w14:paraId="41A8A7B1" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00265094">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Escriba presentaciones de historias para invitar a los medios a que cubran su evento (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sample_Pitch_Letter" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>consulte la plantilla</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">). Un discurso de noticias es algo muy similar a un discurso de ventas de negocios, durante el cual usted tiene un minuto para atraer la atención de los periodistas. Use este tiempo breve para convencer al periodista a que interactúe con usted, haga más preguntas y, con suerte, cubra su evento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F8689F" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00265094">
+    <w:p w14:paraId="41A8A7B2" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00265094">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Considere preguntarle al presentador de un programa si le gustaría participar en una de sus actividades (si es adecuado). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D25BFA" w14:textId="77777777" w:rsidR="002F4C39" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="005B2AA3">
+    <w:p w14:paraId="41A8A7B3" w14:textId="77777777" w:rsidR="002F4C39" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Compre comerciales en internet, en la televisión o en la radio local</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6E1F52D9" w14:textId="77777777" w:rsidR="004A1622" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00265094">
+        <w:t>Compre comerciales en Internet, en la televisión o en la radio local</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A7B4" w14:textId="77777777" w:rsidR="004A1622" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00265094">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Contacte a cualquier estación de radio o televisión (local o en línea) para comprar tiempo de transmisión. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA352F" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00265094">
+    <w:p w14:paraId="41A8A7B5" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00265094">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Las </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Radio_Script_Templates" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>plantillas de guiones de radio se encuentran aquí</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C972AB5" w14:textId="77777777" w:rsidR="00E66B88" w:rsidRPr="00B64336" w:rsidRDefault="00E66B88" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A7B6" w14:textId="77777777" w:rsidR="00E66B88" w:rsidRPr="000408B0" w:rsidRDefault="00E66B88" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="8" w:name="One"/>
     <w:bookmarkStart w:id="9" w:name="_Hlk99033461"/>
-    <w:p w14:paraId="4E4E4B67" w14:textId="77777777" w:rsidR="00D46FE0" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7B7" w14:textId="77777777" w:rsidR="00D46FE0" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00B64336">
-[...1 lines deleted...]
-          <w:lang w:val="es-US"/>
+      <w:r w:rsidRPr="000408B0">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK  \l "Two" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Toc132286790"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc222312169"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Un mes antes del evento</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00495B3E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAF8CC1" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7B8" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc132286791"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc222312170"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Envíe su comunicado de prensa y otros materiales de prensa a sus contactos mediáticos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="65B795E3" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A7B9" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Incluya el contenido del comunicado de prensa directamente en el cuerpo de su correo electrónico para disminuir la probabilidad de que se ignoren los archivos adjuntos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EFE1422" w14:textId="77777777" w:rsidR="003A14D7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A7BA" w14:textId="77777777" w:rsidR="003A14D7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Publique el comunicado de prensa en el sitio web de su organización o programa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0457410F" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A7BB" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Envíe anuncios acerca de todos los eventos y actividades a sus canales regulares para promoverlos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226794B9" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7BC" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Toc132286792"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc222312171"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Envíe paquetes de materiales promocionales a sus socios</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="7AC1407D" w14:textId="1667B2E8" w:rsidR="00E3072A" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A7BD" w14:textId="77777777" w:rsidR="00E3072A" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="62D3FFF5" w14:textId="77777777" w:rsidR="0063158D" w:rsidRPr="00495B3E" w:rsidRDefault="00A43A8C" w:rsidP="00B77350">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Incluya los alias de redes sociales de los programas y organizaciones, comunicados de prensa, fotos, información sobre los antecedentes de la SMP y su agencia, y anuncios.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A7BE" w14:textId="77777777" w:rsidR="0063158D" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="00B77350">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Agregue sus eventos a las secciones del calendario comunitario en los medios locales. Envíe anuncios sobre el calendario a los editores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A0F4047" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7BF" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Toc132286793"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc222312172"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Promueva el evento en las redes sociales</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="3621E1AC" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A7C0" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cree un evento organizacional en Facebook para los eventos en persona y virtuales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CDB6351" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A7C1" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cree e implemente anuncios sobre el evento en las redes sociales. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177E007B" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A7C2" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t>Empiece a hacer publicaciones sobre la semana y cualquier evento planeado en todos los canales relevantes de redes sociales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E5314B" w14:textId="77777777" w:rsidR="00835EC7" w:rsidRPr="00DE6B7C" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7C3" w14:textId="77777777" w:rsidR="00835EC7" w:rsidRPr="00DE6B7C" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc132286794"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc222312173"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Una semana antes del evento</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="0EA0F672" w14:textId="77777777" w:rsidR="00AA75FB" w:rsidRPr="00495B3E" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A7C4" w14:textId="77777777" w:rsidR="00AA75FB" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Llame a sus contactos mediáticos para averiguar si están planeando publicar historias sobre la semana. De ser así, ofrezca su ayuda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501B31FB" w14:textId="77777777" w:rsidR="00422C4B" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00495B3E">
+    <w:p w14:paraId="41A8A7C5" w14:textId="77777777" w:rsidR="00422C4B" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Vuelva a comunicarse con los socios a quienes contactó previamente para preguntar si y cómo van a promocionar los eventos de la semana.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E59375C" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="009979BC">
+    <w:p w14:paraId="41A8A7C6" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="009979BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="7FADA1B4" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="009979BC">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Envíe por correo electrónico el comunicado de prensa preparado y otros materiales de prensa a sus contactos mediáticos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A7C7" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="009979BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Envíe otro anuncio o un recordatorio sobre el calendario (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sample_Calendar_Announcement" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>consulte la plantilla</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">) a sus canales para promover el evento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43217C10" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="009979BC">
+    <w:p w14:paraId="41A8A7C8" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="009979BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Planifique, prepare e imprima todos los materiales que distribuirá o proporciónelos durante el evento de otro modo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76A14D72" w14:textId="48CECF12" w:rsidR="003F5846" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7C9" w14:textId="77777777" w:rsidR="003F5846" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="_Toc132286795"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc222312174"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Semana del evento: Fecha de inicio</w:t>
+        <w:t>Semana del evento</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="2525143D" w14:textId="77777777" w:rsidR="003F5846" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="003F5846">
+    <w:p w14:paraId="41A8A7CA" w14:textId="77777777" w:rsidR="003F5846" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="003F5846">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Tenga su celular a la mano y revise los mensajes de texto y de voz con frecuencia. A menudo, los medios de comunicación esperan hasta el último minuto para decidir si van a cubrir un evento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A862B86" w14:textId="77777777" w:rsidR="004421AD" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="003F5846">
+    <w:p w14:paraId="41A8A7CB" w14:textId="77777777" w:rsidR="004421AD" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="003F5846">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="28407279" w14:textId="77777777" w:rsidR="003D410D" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00455A92">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Asigne un miembro del personal para que se reúna con los reporteros y les dé la bienvenida. Esta persona también será responsable de ayudar a los reporteros a programar cualquier entrevista u oportunidad de fotografías.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A7CC" w14:textId="77777777" w:rsidR="003D410D" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00455A92">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Supervise las plataformas de redes sociales, asegúrese de que las publicaciones preprogramadas se publiquen exitosamente y revise la página de su evento en Facebook con más frecuencia (si corresponde)</w:t>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="The"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7447AD" w14:textId="77777777" w:rsidR="00181ACF" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7CD" w14:textId="77777777" w:rsidR="00181ACF" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="Interview_Tips"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc132286796"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc222312175"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Consejos de entrevista</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="46EE88C5" w14:textId="77777777" w:rsidR="00360089" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7CE" w14:textId="77777777" w:rsidR="00360089" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="19" w:name="_Toc132286797"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc222312176"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Prepárese con tiempo</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="4801CE00" w14:textId="77777777" w:rsidR="00A4134A" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00A4134A">
+    <w:p w14:paraId="41A8A7CF" w14:textId="77777777" w:rsidR="00A4134A" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00A4134A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="0848A713" w14:textId="77777777" w:rsidR="0039227C" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00CA1A66">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Investigue las plataformas de noticias y/o a los reporteros con antelación para asegurarse de que entiende la posible superposición entre su cobertura normal y el programa de la SMP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A7D0" w14:textId="77777777" w:rsidR="0039227C" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00CA1A66">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Conozca los mensajes principales que desea transmitir. Sea flexible si la conversación en la entrevista cambia de curso, pero asegúrese de regresar a sus mensajes principales antes de que la entrevista concluya. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="663E4BE8" w14:textId="77777777" w:rsidR="00CA1A66" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="0039227C">
+    <w:p w14:paraId="41A8A7D1" w14:textId="77777777" w:rsidR="00CA1A66" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0039227C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuerde hablar sobre la misión de la SMP, lo que la SMP hace y la función de la SMP en el evento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF2F279" w14:textId="77777777" w:rsidR="00B01A61" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="0039227C">
+    <w:p w14:paraId="41A8A7D2" w14:textId="77777777" w:rsidR="00B01A61" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0039227C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t>Entregue volantes, folletos y otro tipo de materiales impresos, como información sobre el programa de la SMP y Mi Rastreador de Atención de Salud. Haga referencia a estos materiales en la entrevista, brinde contexto para su uso previsto y la importancia de ayudar a prevenir el fraude contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494CFB13" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="003A14D7" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7D3" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="003A14D7" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc132286798"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc222312177"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Durante la entrevista</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="2948F021" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="0013040A">
+    <w:p w14:paraId="41A8A7D4" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0013040A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Sea amigable y profesional. Los reporteros quieren una buena historia —su historia— y pueden llegar a muchos lectores y espectadores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E30EEDD" w14:textId="77777777" w:rsidR="0013040A" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="0013040A">
+    <w:p w14:paraId="41A8A7D5" w14:textId="77777777" w:rsidR="0013040A" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0013040A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Hable despacio para permitir que los reporteros tomen notas. Aunque es normal hablar rápido cuando está emocionado(a), recuerde que los reporteros están tratando de digerir mucha información al mismo tiempo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66487C0F" w14:textId="77777777" w:rsidR="0013040A" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="0013040A">
+    <w:p w14:paraId="41A8A7D6" w14:textId="77777777" w:rsidR="0013040A" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0013040A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Está bien no conocer la respuesta a cada pregunta. No adivine. Dígales a los reporteros que no sabe la respuesta y puede darle seguimiento más adelante. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05CC3B52" w14:textId="77777777" w:rsidR="00AD3B10" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008B284A">
+    <w:p w14:paraId="41A8A7D7" w14:textId="77777777" w:rsidR="00AD3B10" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008B284A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Conozca sus límites y qué puede y no puede decir. Una hoja de consejos en la entrada de la Biblioteca de Recursos de la SMP </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t>Media Communications Training: Handling Media Like a Pro</w:t>
+          <w:t xml:space="preserve">Media </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>Communications</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Training: </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>Handling</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Media Like a Pro</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Capacitación para la comunicación mediática: interactúe con los medios de comunicación como un profesional) le recomienda que se prepare con antelación para la pregunta que le da miedo contestar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070C7389" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7D8" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="21" w:name="_Toc132286799"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc222312178"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Antes de que termine la entrevista</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="03B911D6" w14:textId="77777777" w:rsidR="0039227C" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00316425">
+    <w:p w14:paraId="41A8A7D9" w14:textId="77777777" w:rsidR="0039227C" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00316425">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Comparta otros sitios que los reporteros pueden visitar para obtener más información, como sitios web, páginas de redes sociales u otros contactos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DEDE1A8" w14:textId="77777777" w:rsidR="00113B51" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="005238EF">
+    <w:p w14:paraId="41A8A7DA" w14:textId="77777777" w:rsidR="00113B51" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="005238EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Aliente a los reporteros a que visiten la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>página web</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la Semana de Prevención del Fraude contra Medicare del Centro de Recursos de la SMP para obtener más información.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F6DC98" w14:textId="77777777" w:rsidR="005238EF" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="005238EF">
+    <w:p w14:paraId="41A8A7DB" w14:textId="77777777" w:rsidR="005238EF" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="005238EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Invite a los reporteros a que visiten el sitio web de su organización o programa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E79A914" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00753E85">
+    <w:p w14:paraId="41A8A7DC" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00753E85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Comparta con los reporteros una forma en que pueden comunicarse con usted fuera del horario normal de atención. Esto puede ser necesario si los reporteros tienen un plazo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C5859C1" w14:textId="77777777" w:rsidR="004F3BC8" w:rsidRPr="007E49A9" w:rsidRDefault="00A43A8C" w:rsidP="00CA1A66">
+    <w:p w14:paraId="41A8A7DD" w14:textId="77777777" w:rsidR="004F3BC8" w:rsidRPr="007E49A9" w:rsidRDefault="001F048F" w:rsidP="00CA1A66">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La última pregunta de los reporteros puede ser algo como: "¿Hay algo más que debería saber?" Aproveche esta oportunidad para reforzar sus mensajes principales.</w:t>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="In_Person_Interview_Tips"/>
       <w:bookmarkStart w:id="23" w:name="_Hlk98833082"/>
     </w:p>
-    <w:p w14:paraId="747813C2" w14:textId="77777777" w:rsidR="00252121" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7DE" w14:textId="77777777" w:rsidR="00252121" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="_Toc132286800"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc222312179"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Consejos para una entrevista en persona</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="3D9AE0BA" w14:textId="77777777" w:rsidR="00CA1A66" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00CA1A66">
+    <w:p w14:paraId="41A8A7DF" w14:textId="77777777" w:rsidR="00CA1A66" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00CA1A66">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los periodistas de televisión, radio y de otros medios prefieren realizar entrevistas en persona para poder grabar al entrevistado y capturar imágenes/sonidos en el lugar. Estos son algunos consejos para garantizar que las entrevistas con los medios sean significativas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79AC2518" w14:textId="77777777" w:rsidR="00B03D49" w:rsidRPr="00941A74" w:rsidRDefault="00A43A8C" w:rsidP="006E67A1">
+    <w:p w14:paraId="41A8A7E0" w14:textId="77777777" w:rsidR="00B03D49" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:spacing w:val="-2"/>
-[...14 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t>Realice la entrevista en un lugar que muestre la misión de la SMP en acción. Por ejemplo, si el reportero está cubriendo un evento de la Semana de Prevención del Fraude contra Medicare, realice la entrevista antes o después del evento en la misma ubicación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C180EA4" w14:textId="77777777" w:rsidR="00A50A0C" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="006E67A1">
+    <w:p w14:paraId="41A8A7E1" w14:textId="77777777" w:rsidR="00A50A0C" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En cambio, si el reportero está cubriendo un tema general, como escribir sobre el fraude contra Medicare en general, realice la entrevista en el exterior o en una oficina espaciosa y bien ventilada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F68C69" w14:textId="77777777" w:rsidR="009F3E05" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="006E67A1">
+    <w:p w14:paraId="41A8A7E2" w14:textId="77777777" w:rsidR="009F3E05" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Prepárese para que le tomen una foto al vestirse de forma profesional. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A756207" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00753E85">
+    <w:p w14:paraId="41A8A7E3" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00753E85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>También es probable que tomen fotografías de objetos. Por ejemplo, el reportero puede querer tomarle una foto a un Mi Rastreador de Atención de Salud. También puede ser útil colocar una mesa/stand de la SMP con todos los materiales que exhibiría en una feria de salud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="543E5DC4" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7E4" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="25" w:name="_Toc132286801"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc222312180"/>
       <w:bookmarkStart w:id="26" w:name="_Hlk98833090"/>
       <w:bookmarkStart w:id="27" w:name="Virtual_On_camera_Interview_Tips"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Consejos para una entrevista virtual frente a una cámara</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkEnd w:id="27"/>
-    <w:p w14:paraId="779FFD05" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="006E67A1">
+    <w:p w14:paraId="41A8A7E5" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Un fondo ideal para una entrevista es su oficina con un cartel de la SMP u otros materiales a la vista.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FBA9A55" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="006E67A1">
+    <w:p w14:paraId="41A8A7E6" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Al igual que con una entrevista en persona, vista de forma profesional.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44BF8FE9" w14:textId="77777777" w:rsidR="00AF34F2" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="006E67A1">
+    <w:p w14:paraId="41A8A7E7" w14:textId="77777777" w:rsidR="00AF34F2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Asegúrese de que haya buena iluminación y una imagen clara. La luz natural es preferible y debe estar frente a usted, nunca detrás de usted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0400C01B" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="00941A74" w:rsidRDefault="00A43A8C" w:rsidP="006E67A1">
+    <w:p w14:paraId="41A8A7E8" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:spacing w:val="-2"/>
-[...8 lines deleted...]
-          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Minimice los movimientos y sonidos exteriores. Incluso si está trabajando desde casa, presente un entorno profesional para reforzar su profesionalismo y el de su organización.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD672D9" w14:textId="77777777" w:rsidR="00345471" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00753E85">
+    <w:p w14:paraId="41A8A7E9" w14:textId="77777777" w:rsidR="00345471" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00753E85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">El reportero puede querer fotografiar los volantes, folletos o Mi Rastreador de Atención de Salud. Prepare un paquete de materiales que se enviará antes de la entrevista, ya sea de forma virtual o física. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D00BAA8" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="00757DB9" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A7EA" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="00757DB9" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc132286802"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc222312181"/>
       <w:bookmarkStart w:id="29" w:name="_Hlk98833098"/>
       <w:bookmarkStart w:id="30" w:name="Phone_Interview_Tips"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Consejos para una entrevista telefónica</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkEnd w:id="30"/>
-    <w:p w14:paraId="0005B858" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="00941A74" w:rsidRDefault="00A43A8C" w:rsidP="006E67A1">
+    <w:p w14:paraId="41A8A7EB" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="007E49A9" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:spacing w:val="-4"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="767DBE5D" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="007E49A9" w:rsidRDefault="00A43A8C" w:rsidP="006E67A1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Antes de la entrevista, asegúrese de que el teléfono que va a usar tenga una buena conexión. Si el teléfono que usa normalmente no tiene un sonido claro, encuentre otro teléfono. Considere usar </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Zoom</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u otra tecnología con cámara para garantizar que su entrevista se escuche con claridad. Prepare una variedad de opciones antes de la entrevista.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A7EC" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="007E49A9" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ya que las indicaciones visuales y el lenguaje corporal se pierden en una llamada telefónica, haga un esfuerzo intencional por establecer una buena relación con el reportero. Sea amigable, servicial y profesional.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FCF10B" w14:textId="77777777" w:rsidR="00FC40A1" w:rsidRPr="00FC40A1" w:rsidRDefault="00FC40A1" w:rsidP="00FC40A1">
+    <w:p w14:paraId="41A8A7ED" w14:textId="77777777" w:rsidR="00FC40A1" w:rsidRPr="00FC40A1" w:rsidRDefault="00FC40A1" w:rsidP="00FC40A1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="409AC95B" w14:textId="77777777" w:rsidR="00D4049C" w:rsidRPr="00D4049C" w:rsidRDefault="00D4049C" w:rsidP="00D4049C">
-[...45 lines deleted...]
-    <w:p w14:paraId="3042A6FE" w14:textId="77777777" w:rsidR="005B2AA3" w:rsidRPr="00B64336" w:rsidRDefault="005B2AA3" w:rsidP="00B144CD">
+    <w:p w14:paraId="41A8A7EE" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Este producto está respaldado por la Administración de Vida Comunitaria (ACL, por sus siglas en inglés) del Departamento de Salud y Servicios Humanos de EE. UU. (HHS, por sus siglas en inglés), como parte de una concesión de ayuda económica con un total de $1,500,000, de los cuales el 100 % está financiado por ACL/HHS.  El contenido pertenece al autor o autores y no representa necesariamente los puntos de vista oficiales, ni el respaldo, de ACL/HHS ni del gobierno estadounidense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A7EF" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00FC40A1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="080D28C2" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00B144CD">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7F0" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7F1" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7F2" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7F3" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7F4" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7F5" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7F6" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7F7" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7F8" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7F9" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7FA" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7FC" w14:textId="77777777" w:rsidR="005B2AA3" w:rsidRPr="000408B0" w:rsidRDefault="005B2AA3" w:rsidP="00B144CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="31" w:name="_Toc132286803"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7FD" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc222312182"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Carta de presentación de muestra</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="7BE153B8" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+    <w:p w14:paraId="41A8A7FE" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0E55B15C" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DA1986">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A7FF" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Estimado(a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[REPORTERO(A)]:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0881BF1D" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+    <w:p w14:paraId="41A8A800" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="748D60D9" w14:textId="616DA900" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DA1986">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A801" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...53 lines deleted...]
-    <w:p w14:paraId="6EC95034" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El fraude, los errores y el abuso contra Medicare les cuestan dinero, tiempo y bienestar a las personas. La Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) está ayudando a todas las personas a aprender cómo pueden evitar que el fraude contra Medicare ocurra. A partir de la primera semana de junio, la SMP iniciará la Semana de Prevención del Fraude contra Medicare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A802" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3C16BFF8" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DA1986">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A803" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Se calcula que se pierden $60 mil millones debido a fraudes, errores y abusos contra Medicare cada año. El </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[FECHA]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6410,101 +6321,101 @@
         </w:rPr>
         <w:t xml:space="preserve">, llevaremos a cabo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[DESCRIBA EL EVENTO]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. Nuestro objetivo es mostrar cómo los beneficiarios de Medicare, las familias, los cuidadores, los proveedores de atención de salud, los socios y la comunidad entera pueden ayudar a impedir que ocurran este tipo de desperdicios en la atención de salud. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCF6848" w14:textId="77777777" w:rsidR="00FC0EF2" w:rsidRPr="00B64336" w:rsidRDefault="00FC0EF2" w:rsidP="00DA1986">
+    <w:p w14:paraId="41A8A804" w14:textId="77777777" w:rsidR="00FC0EF2" w:rsidRPr="000408B0" w:rsidRDefault="00FC0EF2" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="62E06E2B" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DA1986">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A805" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Lo(a) invitamos a ver a nuestro personal en acción y a reunirse con residentes mayores que están aprendiendo cómo pueden prevenir el fraude contra Medicare. Por favor, ayúdenos a contar esta historia que seguramente será de interés para su audiencia. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56EF438F" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+    <w:p w14:paraId="41A8A806" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="33FF99EB" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DA1986">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A807" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Puede comunicarse conmigo llamando al </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[TELÉFONO]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6516,718 +6427,687 @@
         </w:rPr>
         <w:t xml:space="preserve"> o en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[CORREO ELECTRÓNICO]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC0A575" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+    <w:p w14:paraId="41A8A808" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4C987895" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DA1986">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A809" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Atentamente,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1056C85E" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DA1986">
+    <w:p w14:paraId="41A8A80A" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[NOMBRE]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5188A0" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00DA1986">
+    <w:p w14:paraId="41A8A80B" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[ORGANIZACIÓN]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EF35119" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="00B64336" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+    <w:p w14:paraId="41A8A80C" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="es-US"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="2FF081D9" w14:textId="77777777" w:rsidR="00530172" w:rsidRPr="00B64336" w:rsidRDefault="00530172">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A80D" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A80E" w14:textId="77777777" w:rsidR="00530172" w:rsidRPr="000408B0" w:rsidRDefault="00530172">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="38B2227F" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="00B64336" w:rsidRDefault="004A097F" w:rsidP="00530172">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A80F" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="000408B0" w:rsidRDefault="004A097F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="24E2329D" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="00B64336" w:rsidRDefault="004A097F" w:rsidP="00530172">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A810" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="000408B0" w:rsidRDefault="004A097F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="14BC67A9" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="00B64336" w:rsidRDefault="004A097F" w:rsidP="004A097F">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A811" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="000408B0" w:rsidRDefault="004A097F" w:rsidP="004A097F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="0AD66826" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00B144CD">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A812" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="000408B0" w:rsidRDefault="004A097F" w:rsidP="004A097F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A813" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="000408B0" w:rsidRDefault="004A097F" w:rsidP="004A097F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A814" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="000408B0" w:rsidRDefault="004A097F" w:rsidP="004A097F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A815" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00B144CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Sample_Calendar_Announcement"/>
-      <w:bookmarkStart w:id="33" w:name="_Toc132286804"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc222312183"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo de anuncio de calendario</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="5E66306D" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A816" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="115CAF66" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F63ED7">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A817" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Información de contacto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC1A1D1" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A818" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DE LA ORGANIZACIÓN. INCLUYA A LA PATRULLA DE MEDICARE PARA ADULTOS MAYORES.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E698686" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A819" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DEL CONTACTO]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715A93F9" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A81A" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NÚMERO TELEFÓNICO]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AEBBABB" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A81B" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE LA DIRECCIÓN DEL CORREO ELECTRÓNICO]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00677AC5" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A81C" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE LA DIRECCIÓN WEB]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CDD7B16" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A81D" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="77C7B236" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00FC01E2">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A81E" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00FC01E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>NOMBRE Y FECHA DEL EVENTO]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430CCB30" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A81F" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Medicare pierde aproximadamente $60 mil millones cada año debido a fraudes, errores y abusos. Cada día, los problemas relacionados con estas preocupantes cuestiones afectan a las personas en todo el país y, a menudo, les cuestan dinero, tiempo y bienestar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CDBB6CB" w14:textId="4AD0CB6D" w:rsidR="00177527" w:rsidRPr="007E49A9" w:rsidRDefault="00A43A8C" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A820" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="007E49A9" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>La Semana de Prevención del Fraude contra Medicare</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">se enfoca en las acciones que todos pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare. </w:t>
+        <w:t xml:space="preserve">La Semana de Prevención del Fraude contra Medicare, la cual ocurre del 1.º al 5 de junio, se enfoca en las acciones que todos pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[SU ORGANIZACIÓN]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> está organizando una serie de eventos educativos gratuitos. Este es el programa: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74007916" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00177527">
+    <w:p w14:paraId="41A8A821" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00177527">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">[EVENTO 1, nombre, lugar, cómo asistir] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51323E0C" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00177527">
+    <w:p w14:paraId="41A8A822" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00177527">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">[EVENTO 2, nombre, lugar, cómo asistir] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F833259" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="00FC40A1" w:rsidRDefault="00A43A8C" w:rsidP="00177527">
+    <w:p w14:paraId="41A8A823" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="00FC40A1" w:rsidRDefault="001F048F" w:rsidP="00177527">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">[ETC.] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372F2798" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A824" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) está lista para brindarle la información que necesita para PROTEGERSE a sí mismo(a) contra los fraudes, errores y abusos de Medicare, DETECTAR fraudes, errores y abusos potenciales y REPORTAR sus preocupaciones. Las SMP ayudan a educar y a empoderar a los beneficiarios de Medicare en la lucha en contra del fraude de atención de salud. Su SMP puede ayudarle con sus preguntas, inquietudes o quejas relacionadas con posibles instancias de fraude y abuso. También proporciona información y presentaciones educativas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="270ED2F4" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="008977E5" w:rsidP="00F63ED7">
+    <w:p w14:paraId="41A8A825" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="008977E5" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7EBFA138" w14:textId="77777777" w:rsidR="00EF4F39" w:rsidRPr="00B64336" w:rsidRDefault="00EF4F39" w:rsidP="00530172">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A826" w14:textId="77777777" w:rsidR="00EF4F39" w:rsidRPr="000408B0" w:rsidRDefault="00EF4F39" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Sample_Press_Release"/>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
-    <w:p w14:paraId="1898E598" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00530172">
+    <w:p w14:paraId="41A8A827" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="35" w:name="_Toc132286805"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc222312184"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo de comunicado de prensa #1</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CACC2A0" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
-[...4 lines deleted...]
-          <w:lang w:val="es-US"/>
+    <w:p w14:paraId="41A8A828" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[USE EL LOGO DE LA SMP]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB335C3" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
+    <w:p w14:paraId="41A8A829" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="36" w:name="_Hlk132358773"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>PARA SU PUBLICACIÓN INMEDIATA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5822582C" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="008977E5" w:rsidP="008977E5">
-[...13 lines deleted...]
-          <w:lang w:val="es-US"/>
+    <w:p w14:paraId="41A8A82A" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A82B" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Información de contacto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE287EF" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
-[...4 lines deleted...]
-          <w:lang w:val="es-US"/>
+    <w:p w14:paraId="41A8A82C" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DE LA ORGANIZACIÓN. INCLUYA A LA PATRULLA DE MEDICARE PARA ADULTOS MAYORES.]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
         <w:t>[INGRESE EL NOMBRE DEL CONTACTO]</w:t>
       </w:r>
@@ -7255,612 +7135,568 @@
         <w:br/>
         <w:t>[INGRESE LA DIRECCIÓN DE CORREO ELECTRÓNICO]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE LA DIRECCIÓN WEB]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46859A2A" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
+    <w:p w14:paraId="41A8A82D" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La Semana de Prevención del Fraude contra Medicare les enseña a todos a prevenir el fraude</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E781BE5" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
+    <w:p w14:paraId="41A8A82E" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Ciudad, Estado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>)– El fraude le cuesta a Medicare aproximadamente $60 mil millones al año. A los beneficiarios de Medicare, les cuesta tiempo, estrés, sus identidades médicas y, potencialmente, su salud. A las familias, amigos y cuidadores, les cuestan preocupaciones y pérdida de trabajo cuando ayudan a sus seres queridos a recuperarse después de haber sido víctimas del fraude contra Medicare.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="30D2E37A" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
+        <w:t>)– El fraude le cuesta a Medicare aproximadamente $60 mil millones al año. A los beneficiarios de Medicare, les cuesta tiempo, estrés, sus identidades médicas y, potencialmente, su salud. A las familias, amigos y cuidadores, les cuestan preocupaciones y pérdida de trabajo cuando ayudan a sus seres queridos a recuperarse del fraude contra Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A82F" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">“El fraude contra Medicare tiene un efecto devastador en los beneficiarios y en el programa de Medicare”, dijo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE AQUÍ EL NOMBRE Y EL PUESTO DEL CONTACTO DE LA SMP. Asegúrese de incluir también “Patrulla de Medicare para Adultos Mayores (SMP)”]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. “Les enseñamos a las personas cómo pueden evitar experimentar un fraude contra Medicare. Al prevenir el fraude, este programa ayuda a las personas y protege al programa de Medicare para las generaciones futuras”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0037274E" w14:textId="77777777" w:rsidR="00AE4311" w:rsidRDefault="00AE4311" w:rsidP="008977E5">
+    <w:p w14:paraId="41A8A830" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="79404410" w14:textId="18012D65" w:rsidR="008977E5" w:rsidRPr="00AE4311" w:rsidRDefault="008F478F" w:rsidP="008977E5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Aprenda a protegerse a usted y a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) y a sus socios en la Semana de Prevención del Fraude contra Medicare, la cual ocurre la semana del 5 de junio, o 6/5, ya que la mayoría de las personas se vuelven elegibles para Medicare cuando cumplen 65 años.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A831" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>“</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Estamos emocionados de enseñarles a las personas cómo pueden protegerse en contra del fraude contra Medicare y sobre los servicios que ofrece el programa de la Patrulla de Medicare para Adultos Mayores. Esperamos que las personas recuerden los números ‘6-5’ para ayudarnos a celebrar la Semana de Prevención del Fraude contra Medicare”, comentó </w:t>
       </w:r>
-      <w:r w:rsidR="00A43A8C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DEL CONTACTO]</w:t>
       </w:r>
-      <w:r w:rsidR="00A43A8C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318010BA" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
+    <w:p w14:paraId="41A8A832" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Todos tienen una función en la lucha contra el fraude. Durante la Semana de Prevención del Fraude contra Medicare:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="190E6D3D" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
+    <w:p w14:paraId="41A8A833" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los beneficiarios de Medicare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> pueden revisar sus estados de cuenta del seguro para asegurarse de que los productos y servicios recibidos coincidan con el contenido de los estados de cuenta. Pueden solicitar formatos gratuitos de Mi Rastreador de Atención de Salud con su SMP local.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59818371" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
+    <w:p w14:paraId="41A8A834" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00290FAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Los cuidadores</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="589C6E6D" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
+        <w:t>Los cuidadores y sus familias</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pueden ayudar al estar atentos a artículos, como equipo médico duradero (por ejemplo, cajas de rodilleras) en la casa, que pueden haberle enviado al beneficiario sin su aprobación o la de su médico. Pueden recordarle a su cliente o ser querido que proteja su número de Medicare como lo haría con el número de una tarjeta de crédito. Pueden ayudar a sus seres queridos a crear una cuenta en Medicare.gov para acceder a sus estados de cuenta de Medicare en línea o recordarles que los abran y revisen cuando lleguen por correo. También pueden registrar su número telefónico en las listas de "no llamar" y visitar optoutprescreen.com para dejar de recibir correspondencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A835" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Las familias</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="0445266A" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
+        <w:t>Los socios</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pueden ayudar al compartir información de la SMP en las redes sociales, referir a clientes y consumidores a la SMP e invitar a la SMP a hablar durante un evento compartido. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A836" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Los socios y profesionales</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="6BDF69AD" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00941A74" w:rsidRDefault="00A43A8C" w:rsidP="008977E5">
+        <w:t>Los profesionales de atención de salud</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pueden ayudar al hablar con sus pacientes sobre las estafas en la atención de salud, como aquellas relacionadas con el equipo médico duradero y las pruebas genéticas. Pueden recordarles que solo los médicos con quienes acuden regularmente pueden pedir estos productos y servicios. Los artículos médicos necesarios nunca deben pedirse a través de anuncios de televisión o llamadas no solicitadas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A837" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="001F048F" w:rsidP="008977E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00941A74">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-4"/>
-[...36 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los miembros de la comunidad</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pueden ayudar al estar al pendientes de sus vecinos mayores. Cuando estén en un lugar público, pueden poner atención a los adultos mayores que estén comprando tarjetas de regalo en grandes cantidades. Pueden animar a sus conocidos a hablar con una fuente de confianza sobre sus preguntas </w:t>
+        <w:t xml:space="preserve"> pueden ayudar al estar </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>al pendientes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de sus vecinos mayores. Cuando estén en un lugar público, pueden poner atención a los adultos mayores que estén comprando tarjetas de regalo en grandes cantidades. Pueden animar a sus conocidos a hablar con una fuente de confianza sobre sus preguntas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>relacionadas con Medicare y contarles a sus vecinos sobre las estafas más recientes relacionadas con Medicare. ¡Incluso pueden considerar el voluntariado con la SMP local!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F68993" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="007E49A9">
+    <w:p w14:paraId="41A8A838" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007E49A9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) está lista para brindarle la información que necesita para PROTEGERSE a sí mismo(a) contra los fraudes, errores y abusos de Medicare, DETECTAR fraudes, errores y abusos potenciales y REPORTAR sus preocupaciones. Las SMP ayudan a educar y a empoderar a los beneficiarios de Medicare en la lucha en contra del fraude de atención de salud. Su SMP puede ayudarle con sus preguntas, inquietudes o quejas relacionadas con posibles instancias de fraude y abuso. También proporciona información y presentaciones educativas. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="437A9F99" w14:textId="77777777" w:rsidR="00941A74" w:rsidRDefault="00941A74">
+    </w:p>
+    <w:p w14:paraId="580AB68A" w14:textId="77777777" w:rsidR="00B32510" w:rsidRDefault="00B32510">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc222312185"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B089EC0" w14:textId="17C0333E" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="004566B9">
+    <w:p w14:paraId="41A8A839" w14:textId="6DDD2614" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="37" w:name="_Toc132286806"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Ejemplo de comunicado de prensa #2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04BEF722" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="004566B9">
+    <w:p w14:paraId="41A8A83A" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[USE EL LOGO DE LA SMP]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1B7C7D" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="004566B9">
+    <w:p w14:paraId="41A8A83B" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="38" w:name="_Hlk132358867"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Información de contacto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1283968A" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="004566B9">
-[...4 lines deleted...]
-          <w:lang w:val="es-US"/>
+    <w:p w14:paraId="41A8A83C" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DE LA ORGANIZACIÓN. INCLUYA A LA PATRULLA DE MEDICARE PARA ADULTOS MAYORES.]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
         <w:t>[INGRESE EL NOMBRE DEL CONTACTO]</w:t>
       </w:r>
@@ -7888,638 +7724,556 @@
         <w:br/>
         <w:t>[INGRESE LA DIRECCIÓN DE CORREO ELECTRÓNICO]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE LA DIRECCIÓN WEB]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D32D86A" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="004566B9">
+    <w:p w14:paraId="41A8A83D" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Para su publicación inmediata:</w:t>
-[...7 lines deleted...]
-          <w:lang w:val="es-US"/>
+        <w:t>Para publicación inmediata:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A83E" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Fecha)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D894DB" w14:textId="1D5997A8" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="009A1D22" w:rsidP="004566B9">
+    <w:p w14:paraId="41A8A83F" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AE4311">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>La Semana de Prevención del Fraude contra Medicare se lleva a cabo la semana del 6/5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A43A8C">
+        <w:t xml:space="preserve">La Semana de Prevención del Fraude contra Medicare ocurre del 1.º al 5 de junio </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00A43A8C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Todos pueden prevenir el fraude contra Medicare</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D3662F" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="004566B9">
+    <w:p w14:paraId="41A8A840" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Ciudad, Estado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)– El fraude le cuesta a Medicare aproximadamente $60 mil millones al año. A los beneficiarios de Medicare, les cuesta tiempo, estrés, sus identidades médicas e, incluso, su salud. A las familias, amigos y cuidadores, les cuestan preocupaciones y pérdida de trabajo cuando ayudan a sus seres queridos a recuperarse después de haber sido víctimas del fraude contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1403F4A4" w14:textId="77777777" w:rsidR="0063065F" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="0063065F">
+    <w:p w14:paraId="41A8A841" w14:textId="77777777" w:rsidR="0063065F" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0063065F">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">“El fraude contra Medicare tiene un efecto devastador en los beneficiarios y en el programa de Medicare”, dijo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE AQUÍ EL NOMBRE Y EL PUESTO DEL CONTACTO DE LA SMP. Asegúrese de incluir también “Patrulla de Medicare para Adultos Mayores (SMP)”]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CCE9B4" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="004566B9">
+    <w:p w14:paraId="41A8A842" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">“Les enseñamos a las personas cómo pueden evitar experimentar un fraude contra Medicare. Al prevenir el fraude, este programa ayuda a las personas y protege al programa de Medicare para las generaciones futuras”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E2E8C16" w14:textId="3F98B9BB" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="00AE4311" w:rsidP="004566B9">
+    <w:p w14:paraId="41A8A843" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="4AC0FED5" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="004566B9">
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Aprenda a protegerse a usted y a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) y a sus socios en la Semana de Prevención del Fraude contra Medicare, la cual ocurre la semana del 5 de junio, o 6/5, ya que la mayoría de las personas se vuelven elegibles para Medicare cuando cumplen 65 años. Obtenga más información sobre la Semana de Prevención del Fraude contra Medicare en www.smpresource.org.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8A844" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
-[...6 lines deleted...]
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000408B0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>###</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68FD1F39" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="004566B9">
+    <w:p w14:paraId="41A8A845" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Las SMP ayudan a educar y a empoderar a los beneficiarios de Medicare en la lucha en contra del fraude de atención de salud. Su SMP puede ayudarle con sus preguntas, inquietudes o quejas relacionadas con posibles instancias de fraude y abuso. También proporciona información y presentaciones educativas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A3B27C" w14:textId="77777777" w:rsidR="00894A29" w:rsidRPr="00B64336" w:rsidRDefault="00A43A8C" w:rsidP="00937667">
+    <w:p w14:paraId="10913866" w14:textId="77777777" w:rsidR="00B32510" w:rsidRDefault="00B32510">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Radio_Script_Templates"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc222312186"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:bCs/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B725409" w14:textId="0940A89D" w:rsidR="00B32510" w:rsidRPr="000408B0" w:rsidRDefault="00B32510" w:rsidP="00B32510">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...20 lines deleted...]
-      <w:bookmarkStart w:id="40" w:name="_Toc132286807"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Plantillas de guion de radio</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="63A1D9D5" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00AE4C1A" w:rsidRDefault="00A43A8C" w:rsidP="00AE4C1A">
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="6C0EE736" w14:textId="77777777" w:rsidR="00B32510" w:rsidRPr="00AE4C1A" w:rsidRDefault="00B32510" w:rsidP="00B32510">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>15 segundos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532E9EF0" w14:textId="5C90D8F5" w:rsidR="00937667" w:rsidRPr="00941A74" w:rsidRDefault="00A43A8C" w:rsidP="00937667">
+    <w:p w14:paraId="12C8EBE5" w14:textId="77777777" w:rsidR="00B32510" w:rsidRPr="00284CC1" w:rsidRDefault="00B32510" w:rsidP="00B32510">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...65 lines deleted...]
-      <w:hyperlink r:id="rId21" w:history="1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Descubra cómo puede protegerse y proteger a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores, o SMP, en la Semana de Prevención del Fraude contra Medicare, que se celebrará en la semana del 1.º de junio. Obtenga más información en </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>smpresource.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E943FDE" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00AE4C1A" w:rsidRDefault="00A43A8C" w:rsidP="00AE4C1A">
+    <w:p w14:paraId="410E6B9C" w14:textId="77777777" w:rsidR="00B32510" w:rsidRPr="00AE4C1A" w:rsidRDefault="00B32510" w:rsidP="00B32510">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>30 segundos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586309F4" w14:textId="1DFE725D" w:rsidR="00937667" w:rsidRPr="00A049C2" w:rsidRDefault="00A43A8C" w:rsidP="00937667">
+    <w:p w14:paraId="61431B15" w14:textId="77777777" w:rsidR="00B32510" w:rsidRPr="001F048F" w:rsidRDefault="00B32510" w:rsidP="00B32510">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La Semana de Prevención del Fraude contra Medicare se enfoca en las acciones que </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>todos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare. Descubra cómo puede protegerse y proteger a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores (SMP) en la Semana de Prevención del Fraude contra Medicare, que se llevará a cabo del </w:t>
-[...41 lines deleted...]
-      <w:hyperlink r:id="rId22" w:history="1">
+        <w:t xml:space="preserve"> pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare. Descubra cómo puede protegerse y proteger a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores, o SMP, en la Semana de Prevención del Fraude contra Medicare, que se celebrará en la semana del 1.º de junio. Obtenga más información en </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>smpresource.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> o llamando al 1-877-808-2468.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A81BB77" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00A049C2" w:rsidRDefault="00937667" w:rsidP="00937667">
-[...11 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId24"/>
+    <w:p w14:paraId="30E3F286" w14:textId="77777777" w:rsidR="00B32510" w:rsidRDefault="00B32510" w:rsidP="00937667">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A8A84C" w14:textId="1D97A57E" w:rsidR="00937667" w:rsidRPr="00B32510" w:rsidRDefault="00937667" w:rsidP="00937667">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00937667" w:rsidRPr="00B32510">
+      <w:headerReference w:type="default" r:id="rId25"/>
+      <w:footerReference w:type="default" r:id="rId26"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01D1D4AF" w14:textId="77777777" w:rsidR="00E3375E" w:rsidRDefault="00E3375E">
+    <w:p w14:paraId="259BE9A3" w14:textId="77777777" w:rsidR="00A627BF" w:rsidRDefault="00A627BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4290324D" w14:textId="77777777" w:rsidR="00E3375E" w:rsidRDefault="00E3375E">
+    <w:p w14:paraId="747F6136" w14:textId="77777777" w:rsidR="00A627BF" w:rsidRDefault="00A627BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8538,612 +8292,620 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DengXian Light">
-[...1 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
+    <w:panose1 w:val="020B0503020000020004"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+    <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="League Spartan">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000083" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-4672368"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="223F7BC3" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRDefault="00A43A8C">
+      <w:p w14:paraId="41A8A855" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRDefault="001F048F">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="787BBB88" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRDefault="003C09EF">
+  <w:p w14:paraId="41A8A856" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRDefault="003C09EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EB63744" w14:textId="77777777" w:rsidR="00E3375E" w:rsidRDefault="00E3375E">
+    <w:p w14:paraId="0220B84F" w14:textId="77777777" w:rsidR="00A627BF" w:rsidRDefault="00A627BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F62A0B9" w14:textId="77777777" w:rsidR="00E3375E" w:rsidRDefault="00E3375E">
+    <w:p w14:paraId="340D7DFF" w14:textId="77777777" w:rsidR="00A627BF" w:rsidRDefault="00A627BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="10D141B2" w14:textId="1C04CA76" w:rsidR="003C09EF" w:rsidRPr="00A43A8C" w:rsidRDefault="00A43A8C" w:rsidP="00696CB7">
+  <w:p w14:paraId="41A8A852" w14:textId="5916284C" w:rsidR="003C09EF" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00696CB7">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:hAnsi="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
-        <w:sz w:val="42"/>
-        <w:szCs w:val="42"/>
+        <w:sz w:val="48"/>
+        <w:szCs w:val="48"/>
         <w:u w:val="none"/>
-        <w:lang w:val="es-US"/>
+        <w:lang w:val="es-419"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00A43A8C">
+    <w:r w:rsidRPr="00F764BD">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="085290"/>
-        <w:sz w:val="42"/>
-        <w:szCs w:val="42"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BE04360" wp14:editId="775BE8F4">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41A8A859" wp14:editId="41A8A85A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-314325</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-152400</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2361565" cy="1114425"/>
           <wp:effectExtent l="0" t="0" r="635" b="9525"/>
-          <wp:wrapNone/>
+          <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="621393537" name="Picture 2"/>
+                  <pic:cNvPr id="367298424" name="Picture 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2361565" cy="1114425"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00A43A8C">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:eastAsia="League Spartan" w:hAnsi="League Spartan" w:cs="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
-        <w:sz w:val="42"/>
-        <w:szCs w:val="42"/>
+        <w:sz w:val="48"/>
+        <w:szCs w:val="48"/>
         <w:u w:val="none"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t xml:space="preserve">Semana de Prevención </w:t>
     </w:r>
-    <w:r w:rsidRPr="00A43A8C">
+    <w:r w:rsidR="000408B0">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:eastAsia="League Spartan" w:hAnsi="League Spartan" w:cs="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
-        <w:sz w:val="42"/>
-        <w:szCs w:val="42"/>
+        <w:sz w:val="48"/>
+        <w:szCs w:val="48"/>
         <w:u w:val="none"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:br/>
-      <w:t>del Fraude contra Medicare</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="Hyperlink"/>
+        <w:rFonts w:ascii="League Spartan" w:eastAsia="League Spartan" w:hAnsi="League Spartan" w:cs="League Spartan"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:color w:val="085290"/>
+        <w:sz w:val="48"/>
+        <w:szCs w:val="48"/>
+        <w:u w:val="none"/>
+        <w:bdr w:val="nil"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t xml:space="preserve">del Fraude contra Medicare </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="46D1F68C" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRPr="00B64336" w:rsidRDefault="003C09EF">
+  <w:p w14:paraId="41A8A853" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRPr="000408B0" w:rsidRDefault="003C09EF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
-        <w:lang w:val="es-US"/>
+        <w:lang w:val="es-419"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01D334E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6486C558"/>
-    <w:lvl w:ilvl="0" w:tplc="1FF2C8EC">
+    <w:lvl w:ilvl="0" w:tplc="7188EEB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="7D8E2754" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="754EB6DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1166FA9A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="006212C0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6DA4971A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A4469B1C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3ABA6CC0" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="E8385204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91D07558" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="DC16DB96" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3AD6913C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A52282E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="1076ED6E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74683726" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46708548" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37868D20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="104B4008"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49687C5E"/>
-    <w:lvl w:ilvl="0" w:tplc="82FA4C60">
+    <w:lvl w:ilvl="0" w:tplc="5F524E1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78FCBC6E">
+    <w:lvl w:ilvl="1" w:tplc="239C5D24">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8340B626">
+    <w:lvl w:ilvl="2" w:tplc="9E3E21FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82EAEAF4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8124A8E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="121059FE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9C90B930" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="EFD2DF9E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19CAB406" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7340DE8E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="CF663ABC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A3348400" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="9B96565E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56C8B1BE" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D29C48BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="137B141E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D54E9BE0"/>
-    <w:lvl w:ilvl="0" w:tplc="18781386">
+    <w:lvl w:ilvl="0" w:tplc="FA1A7560">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5588DE82">
+    <w:lvl w:ilvl="1" w:tplc="6F1AD1C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BA3049A2">
+    <w:lvl w:ilvl="2" w:tplc="76B44EA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4A2AB68C">
+    <w:lvl w:ilvl="3" w:tplc="F93870D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9B0A64E0">
+    <w:lvl w:ilvl="4" w:tplc="51905B88">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6E88E56C">
+    <w:lvl w:ilvl="5" w:tplc="C40440C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="190E7AF8">
+    <w:lvl w:ilvl="6" w:tplc="5AAE4DA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E1E2472A">
+    <w:lvl w:ilvl="7" w:tplc="74AEDCD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A16C13EC">
+    <w:lvl w:ilvl="8" w:tplc="8F3A41A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B76357A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A328C7DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
@@ -9265,2762 +9027,2815 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E9203A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96B6362A"/>
-    <w:lvl w:ilvl="0" w:tplc="0F323736">
+    <w:lvl w:ilvl="0" w:tplc="B1CC5A00">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6C347166" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2EDAB4A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="C2DE30A0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="647688E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="CFD6F88C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C31223A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D48C880C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32AC693A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D4C2D3B2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="769A864C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1450A992" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="784EAD66" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F34438C0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="A4248AE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="AAF64E6E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3A9AAA72" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E17520A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AF8E16E"/>
-    <w:lvl w:ilvl="0" w:tplc="4296D2D0">
+    <w:lvl w:ilvl="0" w:tplc="8F566476">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="371810F8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="6C5451FA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3D8A241E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5E88F500" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0A10445A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="878C66CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="AA3AF5F2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3258D5B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CD1C43DC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="774AF170" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B5DA2324" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="EC982896" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6E763044" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59629A9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FA8C6DBC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="D1E03CA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="314C7D0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30884A12"/>
-    <w:lvl w:ilvl="0" w:tplc="C67878CA">
+    <w:lvl w:ilvl="0" w:tplc="5A20FE1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="682009A6">
+    <w:lvl w:ilvl="1" w:tplc="D2E2D802">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6DF02470" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6CB2499A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47444BB8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="ED32312C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2FCA9EFA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="B7CE1182" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7F86B816" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="ECD8C5DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C3FC3D26" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="117E92C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26829C64" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72940C26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57CA5442" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="6052BD04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CB06B4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0B82A16"/>
-    <w:lvl w:ilvl="0" w:tplc="B574B7D4">
+    <w:lvl w:ilvl="0" w:tplc="C9A8C442">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D83ACAFE">
+    <w:lvl w:ilvl="1" w:tplc="A3207340">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EC82B990">
+    <w:lvl w:ilvl="2" w:tplc="CCD49692">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4B9290AA">
+    <w:lvl w:ilvl="3" w:tplc="DA384CA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="632024C0">
+    <w:lvl w:ilvl="4" w:tplc="2D66FF86">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="530E9BF6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44B2CFB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C276C9AE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="B982612E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A7224F5A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BE7C0CBE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A6360C82" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="3A70697C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="446D5AE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B942C4C2"/>
-    <w:lvl w:ilvl="0" w:tplc="758AB704">
+    <w:lvl w:ilvl="0" w:tplc="0194FBA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="BEFE9162" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9E8CCE1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BEE86254" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="395861DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C4D220F2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A470D248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3904BDC6" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A7D8804A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="03F4F6E4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F9C826EE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4C34DCBA" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E2B82E02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7C14896E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6CF45F04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E7FE7D72" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87F8CF58" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="449A0C76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7662175A"/>
-    <w:lvl w:ilvl="0" w:tplc="AC4A08F0">
+    <w:lvl w:ilvl="0" w:tplc="838E76A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5032E41A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="B51C952A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4726063E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="EB386146" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BA5AC3E8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="485C3D62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2A545BF2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33A83C58" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CF545FDA" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="5CB26BF0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="9D125D12" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="2CFA0012" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CF6AB780" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="0292F1E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="392CCE14" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B80C3138" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44CC75F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A1E7FEE"/>
-    <w:lvl w:ilvl="0" w:tplc="E8580E64">
+    <w:lvl w:ilvl="0" w:tplc="34309CC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="823A658E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="787825A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61685284" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80FEEFF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18361370" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8724F4D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="133AEA64" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44049B38" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="9B2A3A5A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3F96EAAE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="091A86BC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94868562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="5D3E93F6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="AB209FFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="E7D470C2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36D875CA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ADA598D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D16F224"/>
-    <w:lvl w:ilvl="0" w:tplc="5268C26C">
+    <w:lvl w:ilvl="0" w:tplc="C3564C56">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2B70E108">
+    <w:lvl w:ilvl="1" w:tplc="034E056C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8084A906" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6E06605E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BA1A2916" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="664A879E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90E2D7F2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19D09F1C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F79A79FE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="711480DE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89CA8776" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="5F8837E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="4C1E7728" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="079057FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="DA3CF22C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="BDFC08B8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B204564"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C9871B2"/>
-    <w:lvl w:ilvl="0" w:tplc="A1E08618">
+    <w:lvl w:ilvl="0" w:tplc="EAB0F0A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C53892F8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FDF2E8E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BF605E60" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="CBF27EE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1EAAE65A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5DD63D00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88A249FE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81947B4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="00283E74" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="B0BCC998" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79BA4294" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="4992FBFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7AE4D852" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="AF3C3FB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4A4A6084" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="297865BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C5B0D09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABD0D5E2"/>
-    <w:lvl w:ilvl="0" w:tplc="16622EDE">
+    <w:lvl w:ilvl="0" w:tplc="E6D04F7A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67047B14" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64CC5D7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46045DD6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="BA723874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74463C4A" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="3C0ADD94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64129D76" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F4FC28DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3C200E88" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94F0456E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="BAC48216" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1466D19E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16BEC0EC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="3FC24B9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92A66F3E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81D6745A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A37AF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F780A8C8"/>
-    <w:lvl w:ilvl="0" w:tplc="E4343A0A">
+    <w:lvl w:ilvl="0" w:tplc="24204A9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E36E9992">
+    <w:lvl w:ilvl="1" w:tplc="4E46642C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19BA617E">
+    <w:lvl w:ilvl="2" w:tplc="6DE8BC62">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="BBECD808">
+    <w:lvl w:ilvl="3" w:tplc="B0BCA74C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32F2D714">
+    <w:lvl w:ilvl="4" w:tplc="B94039FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="AE62602C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="A9FC9A7E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="D9DA036C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3E7C9882" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A0EE74B8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="2EC45976" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21B68FA4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="9208D326" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53C57006"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFDAE1B6"/>
-    <w:lvl w:ilvl="0" w:tplc="8842C2B2">
+    <w:lvl w:ilvl="0" w:tplc="06AAF4F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9BC0BD0C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62967ADC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2D78B604" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="AAAE4156" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="253235EC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D046CB74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1416F57E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D21C372C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A0289DF8" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="DDC8FD4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C960ED14" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="4808DCAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="ACBAE144" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="4470DB98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7A2C7E6A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="DC5400B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D367390"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AE42114"/>
-    <w:lvl w:ilvl="0" w:tplc="C636A52A">
+    <w:lvl w:ilvl="0" w:tplc="D7C05E46">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C39E12CE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24508ACC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DC3C7AB6" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52DE66AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3A7050CC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F0FEFFD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="332ED0BE" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="2E724132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A434EDFC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="829ACA40" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93CA5718" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="7BEC83C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B966F6A2" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="7CA2B3D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27FC423E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="BC440CB4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E6B582A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13AC151A"/>
-    <w:lvl w:ilvl="0" w:tplc="84B45768">
+    <w:lvl w:ilvl="0" w:tplc="F8E63882">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A356A7B8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58B4851C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CBD2B886" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1112352A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69ECF1A4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F5A08CC8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B08ECDE4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49D03D5E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2E3ADB52" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="CDCA4CB6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="767A952E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="4BDCC616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="748446FA" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="D24E8B1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="4B80DA8A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="010EACAA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F8C0FEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1F4BAF4"/>
-    <w:lvl w:ilvl="0" w:tplc="F27069D2">
+    <w:lvl w:ilvl="0" w:tplc="D0FCCBEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FC20F02E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="D512D4DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9C029BAC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="A62C7D02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B69E7F2E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46BE7306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9F9A5F9E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3B5A39D2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A77857F6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="8DC07F98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="DB90AD5C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69F42DA8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31168C8E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F59AB26C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9AB0CAD0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="482AF35C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="727A0569"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74E62AE0"/>
-    <w:lvl w:ilvl="0" w:tplc="F78EA6C2">
+    <w:lvl w:ilvl="0" w:tplc="4612B426">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E766D36C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A6105510" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98348818" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="D0A4DC5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77346904" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="7618D4DC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3B548728" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="8708E51E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95B48294" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63AE92CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E66AF34E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="957E91F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B7223FF8" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20BC3600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58A423FC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29761630" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="795F7F54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17C40A54"/>
-    <w:lvl w:ilvl="0" w:tplc="17B6257E">
+    <w:lvl w:ilvl="0" w:tplc="F6E2E102">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AE8CA1E6" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="AF7A4F8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70AA9022" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7EA850E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="EBC45040" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43B00352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27C05C98" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A830A418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C93EF57C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98AA553E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="450C5DA8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A24010BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="859E99F0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23BE956E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="07C21E86" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="342CF740" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79EC28A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F74FC58"/>
-    <w:lvl w:ilvl="0" w:tplc="3E5CD420">
+    <w:lvl w:ilvl="0" w:tplc="7548CA2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87BCBFD0" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="AE187CCA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2252F53A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="F7869C02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="494C355E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="AA4EDBF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C90ED14E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="839CA04C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5440700C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0400C322" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F2A2B268" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="6D32B96C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E6421532" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="1386381C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9D7E781A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0008A256" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B8B4883"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0652C0D6"/>
-    <w:lvl w:ilvl="0" w:tplc="BAC48960">
+    <w:lvl w:ilvl="0" w:tplc="11901466">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98FA1DCC">
+    <w:lvl w:ilvl="1" w:tplc="F3D62472">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="808611F2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8B4A25B2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B150FFE0" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6E1454EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D430DFB4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="535A0648" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="BD22645C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="796C924E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A22858FC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="5462A6FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38686E94" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="CA26A77C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7DC42994" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="DE3E8A4C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E585A4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="541039FE"/>
-    <w:lvl w:ilvl="0" w:tplc="40E62E42">
+    <w:lvl w:ilvl="0" w:tplc="6296A2EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EFF29AEE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="6302BD34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21367A1E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22F2101C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5002DE26" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="5712DEDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="ED324222" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F5903F68" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="704A276A" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="ECB45496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5B404208" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="7D4C507E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="99C0FE58" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6176698C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="00808C0C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77CE825E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1884561941">
+  <w:num w:numId="1" w16cid:durableId="181862530">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1247180525">
+  <w:num w:numId="2" w16cid:durableId="35006960">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="557666336">
+  <w:num w:numId="3" w16cid:durableId="957613012">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="879167697">
+  <w:num w:numId="4" w16cid:durableId="2080394984">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1526551668">
+  <w:num w:numId="5" w16cid:durableId="1795782390">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="249698806">
+  <w:num w:numId="6" w16cid:durableId="460464099">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1148327194">
+  <w:num w:numId="7" w16cid:durableId="965550959">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1175535006">
+  <w:num w:numId="8" w16cid:durableId="241329521">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1292243553">
+  <w:num w:numId="9" w16cid:durableId="859050810">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="261110746">
+  <w:num w:numId="10" w16cid:durableId="1711413461">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1419209552">
+  <w:num w:numId="11" w16cid:durableId="1131436314">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1477723368">
+  <w:num w:numId="12" w16cid:durableId="1276131653">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="411466358">
+  <w:num w:numId="13" w16cid:durableId="1739160986">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1180506568">
+  <w:num w:numId="14" w16cid:durableId="1054545277">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1178154735">
+  <w:num w:numId="15" w16cid:durableId="347291933">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="494616971">
+  <w:num w:numId="16" w16cid:durableId="777718700">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1101030504">
+  <w:num w:numId="17" w16cid:durableId="318582513">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1445415721">
+  <w:num w:numId="18" w16cid:durableId="413862522">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1268973965">
+  <w:num w:numId="19" w16cid:durableId="1316842066">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="962537099">
+  <w:num w:numId="20" w16cid:durableId="1618757603">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1477456989">
+  <w:num w:numId="21" w16cid:durableId="342636749">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="946501112">
+  <w:num w:numId="22" w16cid:durableId="1695381075">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="176190692">
+  <w:num w:numId="23" w16cid:durableId="1961759532">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="149057188">
+  <w:num w:numId="24" w16cid:durableId="1696616361">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00822EFA"/>
     <w:rsid w:val="0000696E"/>
     <w:rsid w:val="00015390"/>
+    <w:rsid w:val="000160D5"/>
     <w:rsid w:val="00023FEF"/>
+    <w:rsid w:val="000250A6"/>
+    <w:rsid w:val="000408B0"/>
     <w:rsid w:val="00047212"/>
     <w:rsid w:val="00051394"/>
     <w:rsid w:val="00055438"/>
+    <w:rsid w:val="00071D7E"/>
     <w:rsid w:val="000875D5"/>
     <w:rsid w:val="000B22AA"/>
     <w:rsid w:val="000B43FC"/>
     <w:rsid w:val="000D7598"/>
     <w:rsid w:val="001017AD"/>
     <w:rsid w:val="001076C7"/>
+    <w:rsid w:val="00110C99"/>
     <w:rsid w:val="00111655"/>
     <w:rsid w:val="00113B51"/>
     <w:rsid w:val="00115F41"/>
     <w:rsid w:val="0012129C"/>
     <w:rsid w:val="0013040A"/>
     <w:rsid w:val="00140B9E"/>
     <w:rsid w:val="001564DC"/>
     <w:rsid w:val="0015787F"/>
     <w:rsid w:val="0017101C"/>
     <w:rsid w:val="00177527"/>
     <w:rsid w:val="00181ACF"/>
     <w:rsid w:val="00185631"/>
     <w:rsid w:val="00197844"/>
+    <w:rsid w:val="001A1098"/>
     <w:rsid w:val="001A1B3D"/>
+    <w:rsid w:val="001A2A4E"/>
     <w:rsid w:val="001B636F"/>
     <w:rsid w:val="001C14CF"/>
     <w:rsid w:val="001C36BE"/>
+    <w:rsid w:val="001F048F"/>
     <w:rsid w:val="00204757"/>
+    <w:rsid w:val="00206B66"/>
+    <w:rsid w:val="0020A166"/>
     <w:rsid w:val="00227FBD"/>
     <w:rsid w:val="0023338B"/>
     <w:rsid w:val="0024701B"/>
     <w:rsid w:val="00252121"/>
+    <w:rsid w:val="00253485"/>
     <w:rsid w:val="00253FB2"/>
     <w:rsid w:val="002548C6"/>
     <w:rsid w:val="002550FE"/>
     <w:rsid w:val="0025578A"/>
     <w:rsid w:val="00264730"/>
     <w:rsid w:val="00265094"/>
     <w:rsid w:val="0027135D"/>
     <w:rsid w:val="002815FA"/>
+    <w:rsid w:val="00284CC1"/>
+    <w:rsid w:val="00285C14"/>
     <w:rsid w:val="00287CFB"/>
+    <w:rsid w:val="00290FAF"/>
+    <w:rsid w:val="002924A5"/>
+    <w:rsid w:val="00293276"/>
     <w:rsid w:val="00293D3D"/>
     <w:rsid w:val="002B49C8"/>
     <w:rsid w:val="002B4BEF"/>
+    <w:rsid w:val="002B557F"/>
     <w:rsid w:val="002B7ED9"/>
     <w:rsid w:val="002C03AD"/>
     <w:rsid w:val="002D12F7"/>
     <w:rsid w:val="002E3E33"/>
     <w:rsid w:val="002F0C5C"/>
     <w:rsid w:val="002F4C39"/>
     <w:rsid w:val="002F61AC"/>
     <w:rsid w:val="002F72B3"/>
     <w:rsid w:val="00301D41"/>
     <w:rsid w:val="00316425"/>
     <w:rsid w:val="003177E0"/>
     <w:rsid w:val="003216C4"/>
     <w:rsid w:val="003262D8"/>
+    <w:rsid w:val="00327AB5"/>
     <w:rsid w:val="00332596"/>
     <w:rsid w:val="00345471"/>
     <w:rsid w:val="00345B38"/>
     <w:rsid w:val="00360089"/>
     <w:rsid w:val="003616D1"/>
     <w:rsid w:val="00372770"/>
     <w:rsid w:val="0039092B"/>
     <w:rsid w:val="0039137A"/>
     <w:rsid w:val="0039227C"/>
     <w:rsid w:val="003A09FA"/>
     <w:rsid w:val="003A14D7"/>
+    <w:rsid w:val="003A6F87"/>
     <w:rsid w:val="003B0A50"/>
     <w:rsid w:val="003B6C1B"/>
     <w:rsid w:val="003C034A"/>
     <w:rsid w:val="003C09EF"/>
     <w:rsid w:val="003D410D"/>
     <w:rsid w:val="003D754C"/>
+    <w:rsid w:val="003D7822"/>
+    <w:rsid w:val="003E40B7"/>
     <w:rsid w:val="003F23EC"/>
     <w:rsid w:val="003F4A0E"/>
     <w:rsid w:val="003F5846"/>
-    <w:rsid w:val="0040329C"/>
+    <w:rsid w:val="00401692"/>
     <w:rsid w:val="004037C3"/>
+    <w:rsid w:val="00404C68"/>
+    <w:rsid w:val="00404F4D"/>
+    <w:rsid w:val="00413EEA"/>
     <w:rsid w:val="00422C4B"/>
     <w:rsid w:val="00422CB9"/>
     <w:rsid w:val="004245DE"/>
+    <w:rsid w:val="00425822"/>
     <w:rsid w:val="004421AD"/>
     <w:rsid w:val="0045466F"/>
     <w:rsid w:val="00455A92"/>
     <w:rsid w:val="00456340"/>
     <w:rsid w:val="004566B9"/>
-    <w:rsid w:val="0048506B"/>
+    <w:rsid w:val="00464FBA"/>
     <w:rsid w:val="0048607B"/>
     <w:rsid w:val="0049290A"/>
     <w:rsid w:val="004952AB"/>
     <w:rsid w:val="00495B3E"/>
     <w:rsid w:val="004A097F"/>
     <w:rsid w:val="004A1622"/>
+    <w:rsid w:val="004B3E0F"/>
     <w:rsid w:val="004E7898"/>
     <w:rsid w:val="004F0D15"/>
     <w:rsid w:val="004F3BC8"/>
     <w:rsid w:val="004F3DD5"/>
     <w:rsid w:val="00500391"/>
     <w:rsid w:val="005107FD"/>
     <w:rsid w:val="005213C3"/>
     <w:rsid w:val="005238EF"/>
     <w:rsid w:val="00526843"/>
     <w:rsid w:val="00530172"/>
     <w:rsid w:val="00530331"/>
     <w:rsid w:val="0053402B"/>
     <w:rsid w:val="0053706D"/>
     <w:rsid w:val="00542205"/>
     <w:rsid w:val="0055159D"/>
     <w:rsid w:val="005643FE"/>
+    <w:rsid w:val="00593946"/>
     <w:rsid w:val="005A5018"/>
     <w:rsid w:val="005B2AA3"/>
     <w:rsid w:val="005B7456"/>
     <w:rsid w:val="005B7848"/>
     <w:rsid w:val="005C5AFE"/>
     <w:rsid w:val="005D2021"/>
     <w:rsid w:val="005E465C"/>
     <w:rsid w:val="0060302D"/>
     <w:rsid w:val="00603E41"/>
+    <w:rsid w:val="00606165"/>
+    <w:rsid w:val="0061256E"/>
     <w:rsid w:val="006215BC"/>
     <w:rsid w:val="00622AFD"/>
     <w:rsid w:val="0063065F"/>
     <w:rsid w:val="0063158D"/>
     <w:rsid w:val="0063253C"/>
     <w:rsid w:val="00633B5B"/>
     <w:rsid w:val="00645561"/>
     <w:rsid w:val="00651E76"/>
     <w:rsid w:val="006574C5"/>
     <w:rsid w:val="00664D46"/>
     <w:rsid w:val="006701C2"/>
     <w:rsid w:val="00673855"/>
     <w:rsid w:val="00680B71"/>
     <w:rsid w:val="006813DC"/>
     <w:rsid w:val="00696CB7"/>
     <w:rsid w:val="006B678A"/>
     <w:rsid w:val="006C0F51"/>
     <w:rsid w:val="006C2A92"/>
     <w:rsid w:val="006C2C0C"/>
     <w:rsid w:val="006D39FC"/>
     <w:rsid w:val="006E67A1"/>
     <w:rsid w:val="006F18DA"/>
-    <w:rsid w:val="006F747E"/>
     <w:rsid w:val="006F7526"/>
     <w:rsid w:val="00705400"/>
     <w:rsid w:val="00717351"/>
     <w:rsid w:val="00726270"/>
     <w:rsid w:val="00727414"/>
     <w:rsid w:val="007434A8"/>
+    <w:rsid w:val="00752799"/>
     <w:rsid w:val="00753E85"/>
     <w:rsid w:val="00756CFB"/>
     <w:rsid w:val="00757DB9"/>
     <w:rsid w:val="007606D3"/>
     <w:rsid w:val="00762828"/>
+    <w:rsid w:val="00773C2B"/>
     <w:rsid w:val="007861DC"/>
     <w:rsid w:val="007B4A36"/>
     <w:rsid w:val="007D1099"/>
     <w:rsid w:val="007D15A7"/>
     <w:rsid w:val="007D1D60"/>
+    <w:rsid w:val="007D5893"/>
     <w:rsid w:val="007E360F"/>
     <w:rsid w:val="007E49A9"/>
     <w:rsid w:val="007F1B64"/>
     <w:rsid w:val="007F3146"/>
     <w:rsid w:val="007F58E7"/>
+    <w:rsid w:val="007F6EAB"/>
+    <w:rsid w:val="00807305"/>
     <w:rsid w:val="00822EFA"/>
     <w:rsid w:val="00822F51"/>
     <w:rsid w:val="008264C9"/>
     <w:rsid w:val="00835EC7"/>
     <w:rsid w:val="00840201"/>
+    <w:rsid w:val="0087550A"/>
     <w:rsid w:val="008852C7"/>
     <w:rsid w:val="00891E4D"/>
     <w:rsid w:val="008926FB"/>
     <w:rsid w:val="008942FF"/>
     <w:rsid w:val="00894A29"/>
     <w:rsid w:val="00896016"/>
     <w:rsid w:val="008977E5"/>
     <w:rsid w:val="008A5AE4"/>
     <w:rsid w:val="008A5CBB"/>
     <w:rsid w:val="008A6603"/>
     <w:rsid w:val="008B284A"/>
+    <w:rsid w:val="008B5268"/>
     <w:rsid w:val="008C0315"/>
     <w:rsid w:val="008C1B27"/>
+    <w:rsid w:val="008D049F"/>
     <w:rsid w:val="008D59AB"/>
+    <w:rsid w:val="008D663F"/>
+    <w:rsid w:val="008E32B9"/>
     <w:rsid w:val="008F1AEE"/>
-    <w:rsid w:val="008F478F"/>
     <w:rsid w:val="00910EA9"/>
     <w:rsid w:val="00913F63"/>
     <w:rsid w:val="00930BD6"/>
     <w:rsid w:val="00937667"/>
-    <w:rsid w:val="00941A74"/>
     <w:rsid w:val="00946DA5"/>
     <w:rsid w:val="009504AE"/>
+    <w:rsid w:val="00963F04"/>
     <w:rsid w:val="00971E8B"/>
     <w:rsid w:val="00977833"/>
     <w:rsid w:val="009960D6"/>
     <w:rsid w:val="009979BC"/>
-    <w:rsid w:val="009A1D22"/>
     <w:rsid w:val="009A3C59"/>
     <w:rsid w:val="009A5305"/>
     <w:rsid w:val="009D335A"/>
     <w:rsid w:val="009D4216"/>
+    <w:rsid w:val="009D68E3"/>
     <w:rsid w:val="009E030F"/>
     <w:rsid w:val="009E6CEC"/>
     <w:rsid w:val="009F240C"/>
     <w:rsid w:val="009F3E05"/>
     <w:rsid w:val="009F60A1"/>
     <w:rsid w:val="00A010AD"/>
     <w:rsid w:val="00A015DB"/>
-    <w:rsid w:val="00A049C2"/>
+    <w:rsid w:val="00A05281"/>
     <w:rsid w:val="00A32A36"/>
     <w:rsid w:val="00A360D4"/>
     <w:rsid w:val="00A4134A"/>
-    <w:rsid w:val="00A43A8C"/>
     <w:rsid w:val="00A504B6"/>
     <w:rsid w:val="00A50A0C"/>
     <w:rsid w:val="00A51E5F"/>
+    <w:rsid w:val="00A60053"/>
+    <w:rsid w:val="00A627BF"/>
     <w:rsid w:val="00A67885"/>
     <w:rsid w:val="00A76F8E"/>
     <w:rsid w:val="00A85156"/>
     <w:rsid w:val="00AA75FB"/>
     <w:rsid w:val="00AB52D4"/>
     <w:rsid w:val="00AB6068"/>
     <w:rsid w:val="00AB7EF4"/>
+    <w:rsid w:val="00AC0C9C"/>
     <w:rsid w:val="00AD3B10"/>
     <w:rsid w:val="00AD5C04"/>
-    <w:rsid w:val="00AE4311"/>
     <w:rsid w:val="00AE45F1"/>
     <w:rsid w:val="00AE4C1A"/>
     <w:rsid w:val="00AF34F2"/>
     <w:rsid w:val="00AF5F61"/>
     <w:rsid w:val="00B01A61"/>
     <w:rsid w:val="00B03D49"/>
     <w:rsid w:val="00B1238C"/>
     <w:rsid w:val="00B13440"/>
     <w:rsid w:val="00B144CD"/>
     <w:rsid w:val="00B155EC"/>
     <w:rsid w:val="00B17038"/>
     <w:rsid w:val="00B241F4"/>
     <w:rsid w:val="00B30D61"/>
-    <w:rsid w:val="00B35D9E"/>
+    <w:rsid w:val="00B32510"/>
     <w:rsid w:val="00B573FC"/>
-    <w:rsid w:val="00B64336"/>
+    <w:rsid w:val="00B74ECE"/>
     <w:rsid w:val="00B77350"/>
     <w:rsid w:val="00BA33A1"/>
     <w:rsid w:val="00BB0C42"/>
-    <w:rsid w:val="00BC06BD"/>
     <w:rsid w:val="00BC5931"/>
     <w:rsid w:val="00BC7FF8"/>
     <w:rsid w:val="00C0172E"/>
     <w:rsid w:val="00C22778"/>
+    <w:rsid w:val="00C24229"/>
+    <w:rsid w:val="00C32990"/>
     <w:rsid w:val="00C37033"/>
     <w:rsid w:val="00C5463D"/>
+    <w:rsid w:val="00C60833"/>
     <w:rsid w:val="00C6444A"/>
     <w:rsid w:val="00C66748"/>
     <w:rsid w:val="00C6739F"/>
     <w:rsid w:val="00CA1A66"/>
+    <w:rsid w:val="00CB45B7"/>
+    <w:rsid w:val="00CB767B"/>
     <w:rsid w:val="00CE7E3D"/>
     <w:rsid w:val="00CF0779"/>
     <w:rsid w:val="00CF674F"/>
     <w:rsid w:val="00D179CA"/>
     <w:rsid w:val="00D32FAB"/>
-    <w:rsid w:val="00D4049C"/>
     <w:rsid w:val="00D443F4"/>
     <w:rsid w:val="00D46FE0"/>
     <w:rsid w:val="00D734CB"/>
     <w:rsid w:val="00D75DF2"/>
+    <w:rsid w:val="00D82916"/>
     <w:rsid w:val="00D8382A"/>
     <w:rsid w:val="00D93BC9"/>
     <w:rsid w:val="00DA1986"/>
     <w:rsid w:val="00DA2D26"/>
     <w:rsid w:val="00DB1168"/>
     <w:rsid w:val="00DB2AF5"/>
     <w:rsid w:val="00DB2B31"/>
+    <w:rsid w:val="00DB5389"/>
     <w:rsid w:val="00DC679B"/>
-    <w:rsid w:val="00DD114D"/>
+    <w:rsid w:val="00DD0361"/>
+    <w:rsid w:val="00DD28FD"/>
     <w:rsid w:val="00DD2A0B"/>
     <w:rsid w:val="00DD2F42"/>
     <w:rsid w:val="00DE4292"/>
     <w:rsid w:val="00DE48B5"/>
     <w:rsid w:val="00DE6B7C"/>
     <w:rsid w:val="00DF3B3E"/>
     <w:rsid w:val="00E045B6"/>
     <w:rsid w:val="00E103A3"/>
     <w:rsid w:val="00E13410"/>
     <w:rsid w:val="00E13743"/>
     <w:rsid w:val="00E267A7"/>
     <w:rsid w:val="00E3072A"/>
     <w:rsid w:val="00E31EA4"/>
-    <w:rsid w:val="00E3375E"/>
     <w:rsid w:val="00E35932"/>
     <w:rsid w:val="00E40814"/>
     <w:rsid w:val="00E61CAD"/>
     <w:rsid w:val="00E66324"/>
     <w:rsid w:val="00E66B88"/>
     <w:rsid w:val="00E80E85"/>
     <w:rsid w:val="00E8766F"/>
     <w:rsid w:val="00E90399"/>
+    <w:rsid w:val="00E93B7B"/>
     <w:rsid w:val="00EA1C37"/>
     <w:rsid w:val="00EC26B5"/>
     <w:rsid w:val="00ED0258"/>
     <w:rsid w:val="00ED0305"/>
+    <w:rsid w:val="00EE3AD5"/>
     <w:rsid w:val="00EE65C6"/>
     <w:rsid w:val="00EF4F39"/>
     <w:rsid w:val="00F01BD7"/>
     <w:rsid w:val="00F0479C"/>
     <w:rsid w:val="00F0628A"/>
     <w:rsid w:val="00F10C0F"/>
     <w:rsid w:val="00F2179E"/>
-    <w:rsid w:val="00F2263F"/>
     <w:rsid w:val="00F31E6F"/>
     <w:rsid w:val="00F37611"/>
     <w:rsid w:val="00F40179"/>
+    <w:rsid w:val="00F41AC4"/>
     <w:rsid w:val="00F471A0"/>
+    <w:rsid w:val="00F60278"/>
     <w:rsid w:val="00F63761"/>
     <w:rsid w:val="00F63ED7"/>
     <w:rsid w:val="00F65B71"/>
     <w:rsid w:val="00F7298C"/>
     <w:rsid w:val="00F764BD"/>
     <w:rsid w:val="00F76657"/>
     <w:rsid w:val="00F76862"/>
+    <w:rsid w:val="00F84A75"/>
     <w:rsid w:val="00F86BCB"/>
     <w:rsid w:val="00F90D4D"/>
     <w:rsid w:val="00F97844"/>
     <w:rsid w:val="00FA446B"/>
     <w:rsid w:val="00FC005D"/>
     <w:rsid w:val="00FC01E2"/>
     <w:rsid w:val="00FC0EF2"/>
     <w:rsid w:val="00FC40A1"/>
     <w:rsid w:val="00FD243F"/>
     <w:rsid w:val="00FD357A"/>
     <w:rsid w:val="00FD3984"/>
+    <w:rsid w:val="00FD606A"/>
     <w:rsid w:val="00FE7FD7"/>
+    <w:rsid w:val="00FF41D5"/>
+    <w:rsid w:val="0A5A08E6"/>
+    <w:rsid w:val="135D90BE"/>
+    <w:rsid w:val="2E09D267"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5806C592"/>
+  <w14:docId w14:val="41A8A74A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{054C6363-C429-4A10-8D92-8F229A864A4A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -12735,52 +12550,55 @@
       <w:bCs/>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0039092B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="ED7D31" w:themeColor="accent2"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B241F4"/>
+    <w:rsid w:val="00404F4D"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+      </w:tabs>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00F471A0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
@@ -12814,100 +12632,62 @@
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00696CB7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DF3B3E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/videos/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Content/Medicare-Fraud-Prevention-Week/Print-Materials.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/social-media-kit/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Content/You-Can-Help/My-Health-Care-Tracker.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Locator/Default.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/Qan79r6YY_w" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp.constantcontactpages.com/su/E75A2hW/MFPW" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/ResourceLibrary/Resources/EA874A69-684B-46AF-B270-88A7F13EFD89/Media-Communications-Training-Handling-Media-Like-a-Pro.aspx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/print-materials/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/social-media-kit/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Content/You-Can-Help/My-Health-Care-Tracker.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/topics/media-communications-training-handling-media-like-a-pro/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Locator/Default.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/Qan79r6YY_w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Content/Medicare-Fraud-Prevention-Week/Print-Materials.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp.constantcontactpages.com/su/E75A2hW/MFPW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/print-materials/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/app" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/videos/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -13177,187 +12957,171 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e06748d2-86d2-4c2e-bda4-f829a0cd106a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0103f796-9552-4033-b8f8-84d87517931f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010028BBD810483B1C4E80F6E025DEB996B2" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="77a08425494037da47a94ff0950b9917">
-[...2 lines deleted...]
-    <xsd:import namespace="8a2e39f0-6e9d-42a8-b847-5165b86ea02f"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100793969650480094496BF20F24360705C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="177895ceba1e85a7a4029fe1fb31b145">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0103f796-9552-4033-b8f8-84d87517931f" xmlns:ns3="e06748d2-86d2-4c2e-bda4-f829a0cd106a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="165399077f20dfaa63e80e8fab5ebf76" ns2:_="" ns3:_="">
+    <xsd:import namespace="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <xsd:import namespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="da48df43-7a2f-483c-a304-e631da4270e1" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0103f796-9552-4033-b8f8-84d87517931f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cb061aeb-2629-450a-b3f0-027c5a847652" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
-[...11 lines deleted...]
-    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...15 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8a2e39f0-6e9d-42a8-b847-5165b86ea02f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...25 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{5388f15d-4a9e-4db2-90a6-f53677395f0f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8a2e39f0-6e9d-42a8-b847-5165b86ea02f">
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{086b687f-63e4-4d07-9dba-7b3622b3de80}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e06748d2-86d2-4c2e-bda4-f829a0cd106a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -13424,114 +13188,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12CCA08B-46D2-443D-8E25-66112C3E0228}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8a2e39f0-6e9d-42a8-b847-5165b86ea02f"/>
+    <ds:schemaRef ds:uri="da48df43-7a2f-483c-a304-e631da4270e1"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCA17758-ADEE-4FCF-A8CC-842A813A77D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34C235CF-EFBB-4530-93A7-B866E49F1306}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B841B8E-F11A-4FFD-9195-2173BE1ABFAB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>19</Pages>
-  <Words>5115</Words>
-  <Characters>29162</Characters>
+  <Words>5549</Words>
+  <Characters>28746</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>243</Lines>
-  <Paragraphs>68</Paragraphs>
+  <Lines>598</Lines>
+  <Paragraphs>281</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34209</CharactersWithSpaces>
+  <CharactersWithSpaces>34014</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maureen Patterson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100793969650480094496BF20F24360705C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>