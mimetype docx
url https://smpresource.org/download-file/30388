--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -10,7099 +10,7631 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="41A8A74A" w14:textId="06F5E924" w:rsidR="009A3C59" w:rsidRPr="00110C99" w:rsidRDefault="001F048F" w:rsidP="00F471A0">
+    <w:p w14:paraId="1BF9995B" w14:textId="77777777" w:rsidR="009A3C59" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F471A0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="085290"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00110C99">
+      <w:r w:rsidRPr="006F1CFD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="085290"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:u w:val="none"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Kit de herramientas para relaciones públicas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A74B" w14:textId="77777777" w:rsidR="00B17038" w:rsidRPr="00285C14" w:rsidRDefault="001F048F" w:rsidP="00840201">
+    <w:p w14:paraId="1BF9995C" w14:textId="77777777" w:rsidR="00B17038" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00840201">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00285C14">
+      <w:r w:rsidRPr="006F1CFD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cronogramas y consejos sobre el uso de los materiales mediáticos</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:bCs/>
+          <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="-1934821658"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:noProof/>
+          <w:b/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="41A8A74C" w14:textId="77777777" w:rsidR="00E13743" w:rsidRDefault="001F048F" w:rsidP="00530172">
+        <w:p w14:paraId="1BF9995D" w14:textId="77777777" w:rsidR="00E13743" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
               <w:bCs/>
               <w:bdr w:val="nil"/>
               <w:lang w:val="es-ES_tradnl"/>
             </w:rPr>
             <w:t>Índice</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6D7F0505" w14:textId="73BCBDD4" w:rsidR="000408B0" w:rsidRDefault="001F048F">
+        <w:p w14:paraId="5516957C" w14:textId="32BE60DC" w:rsidR="006F1CFD" w:rsidRDefault="003E0DC2">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof w:val="0"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof w:val="0"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc222312162" w:history="1">
-            <w:r w:rsidR="000408B0" w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087872" w:history="1">
+            <w:r w:rsidR="006F1CFD" w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Cronograma de planificación antes del evento</w:t>
             </w:r>
-            <w:r w:rsidR="000408B0">
+            <w:r w:rsidR="006F1CFD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="000408B0">
+            <w:r w:rsidR="006F1CFD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="000408B0">
-[...10 lines deleted...]
-            <w:r w:rsidR="000408B0">
+            <w:r w:rsidR="006F1CFD">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087872 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="006F1CFD">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006F1CFD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
+            <w:r w:rsidR="0032147B">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="000408B0">
+            <w:r w:rsidR="006F1CFD">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CF085A1" w14:textId="5A2AA243" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="5E71A40A" w14:textId="47DE892C" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312163" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087873" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Dos meses antes del evento</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312163 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087873 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
+            <w:r w:rsidR="0032147B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="72435238" w14:textId="7B585BFE" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="48AF0659" w14:textId="453FBE8C" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312164" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087874" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Encuentre el centro de recursos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312164 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087874 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
+            <w:r w:rsidR="0032147B">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1BB61B4B" w14:textId="07AED31C" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="7D9361B0" w14:textId="2B8F5E76" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312165" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087875" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Familiarícese con los mensajes sobre el evento</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312165 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087875 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3441C3EB" w14:textId="7B5F964E" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="1A17A995" w14:textId="28248CEF" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312166" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087876" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Actividades del plan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312166 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087876 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A05E6A3" w14:textId="78E9FFF2" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="18D16A5C" w14:textId="242D3256" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312167" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087877" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Involucre a los socios</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312167 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087877 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F6DD402" w14:textId="3D16E6B7" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="34EA0BDC" w14:textId="5493D3B4" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312168" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087878" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Prepárese para los medios de comunicación</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312168 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087878 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="236B0D92" w14:textId="68ED61BB" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="11D5D8DB" w14:textId="59D9798D" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312169" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087879" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Un mes antes del evento</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312169 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087879 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5CF46065" w14:textId="0EB96B79" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="53ED0C8B" w14:textId="66C3792F" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312170" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087880" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Envíe su comunicado de prensa y otros materiales de prensa a sus contactos mediáticos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312170 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087880 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2622F209" w14:textId="51495A95" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="4807192C" w14:textId="2F1E9481" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312171" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087881" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Envíe paquetes de materiales promocionales a sus socios</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312171 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087881 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25AC19F7" w14:textId="507FF574" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="535D7D4F" w14:textId="39A54411" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312172" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087882" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Promueva el evento en las redes sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312172 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087882 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="566CD246" w14:textId="6ABDEA0A" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="449D0EC0" w14:textId="37954198" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312173" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087883" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Una semana antes del evento</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312173 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087883 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="27CBB474" w14:textId="314C3EDD" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="584BA76D" w14:textId="16B18480" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312174" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087884" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Semana del evento</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312174 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087884 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4CD684A1" w14:textId="0C7CB737" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="6962EBF8" w14:textId="100406D6" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312175" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087885" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Consejos de entrevista</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312175 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087885 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...3 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5CAB010F" w14:textId="7A9472FF" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="13036E1A" w14:textId="2652AFD4" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312176" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087886" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Prepárese con tiempo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312176 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087886 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="27547DDC" w14:textId="7A2FF91C" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="05A3893B" w14:textId="4763B060" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312177" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087887" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Durante la entrevista</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312177 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087887 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6F6D197D" w14:textId="1E62C9C4" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="6DD44F3C" w14:textId="76B6E84D" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312178" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087888" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Antes de que termine la entrevista</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312178 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087888 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4777D5EF" w14:textId="7BCAC074" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="04F0907C" w14:textId="6F4F4F3A" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312179" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087889" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Consejos para una entrevista en persona</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312179 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087889 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>10</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B56FFAC" w14:textId="18F6C346" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="1BE396E0" w14:textId="0EAE398E" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312180" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087890" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Consejos para una entrevista virtual frente a una cámara</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312180 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087890 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>10</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="339B5F1F" w14:textId="2A522B5B" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="051FE133" w14:textId="313B33F5" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312181" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087891" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Consejos para una entrevista telefónica</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312181 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087891 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...4 lines deleted...]
-              <w:t>11</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6A9D08D8" w14:textId="5BC0F4FE" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="330F227E" w14:textId="3F5A7A88" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312182" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087892" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Carta de presentación de muestra</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312182 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087892 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...3 lines deleted...]
-              <w:t>12</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2569257B" w14:textId="17AD4C2A" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="66AB01C1" w14:textId="73B62AB0" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312183" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087893" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Ejemplo de anuncio de calendario</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312183 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087893 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...3 lines deleted...]
-              <w:t>13</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4DCF9F72" w14:textId="00E13999" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="496F3BFA" w14:textId="7B1C8E1B" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312184" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087894" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Ejemplo de comunicado de prensa #1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312184 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087894 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...3 lines deleted...]
-              <w:t>14</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3124C85C" w14:textId="42273439" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="4B5CD11E" w14:textId="24AD686D" w:rsidR="006F1CFD" w:rsidRDefault="006F1CFD">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="ko-KR"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312185" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087895" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Ejemplo de comunicado de prensa #2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312185 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087895 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...3 lines deleted...]
-              <w:t>17</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B273322" w14:textId="4C979848" w:rsidR="000408B0" w:rsidRDefault="000408B0">
+        <w:p w14:paraId="1BF99977" w14:textId="32AC005A" w:rsidR="0049290A" w:rsidRPr="00B241F4" w:rsidRDefault="006F1CFD" w:rsidP="00A37B95">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:rPr>
-[...8 lines deleted...]
-            </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc222312186" w:history="1">
-            <w:r w:rsidRPr="00B42D49">
+          <w:hyperlink w:anchor="_Toc223087896" w:history="1">
+            <w:r w:rsidRPr="007511CC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:bdr w:val="nil"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Plantillas de guion de radio</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc222312186 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc223087896 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B32510">
-[...3 lines deleted...]
-              <w:t>19</w:t>
+            <w:r w:rsidR="0032147B">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
-        </w:p>
-[...1 lines deleted...]
-          <w:r>
+          <w:r w:rsidR="003E0DC2">
             <w:rPr>
-              <w:b/>
-[...1 lines deleted...]
-              <w:noProof/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="41A8A767" w14:textId="77777777" w:rsidR="00717351" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007606D3">
+    <w:p w14:paraId="1BF99978" w14:textId="77777777" w:rsidR="00717351" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="007606D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Una Semana de Prevención del Fraude contra Medicare exitosa empieza con una planificación avanzada y muchos seguimientos. El siguiente cronograma —que incluye consejos y discursos de venta de difusión mediática— puede ayudar a garantizar que se cumplan con sus objetivos de difusión mediática para la promoción de la Semana de Prevención del Fraude contra Medicare. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A768" w14:textId="77777777" w:rsidR="00D46FE0" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF99979" w14:textId="77777777" w:rsidR="00D46FE0" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc222312162"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc223087872"/>
       <w:bookmarkStart w:id="1" w:name="Two"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cronograma de planificación antes del evento</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="41A8A769" w14:textId="77777777" w:rsidR="00FF41D5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00FF41D5">
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="1BF9997A" w14:textId="77777777" w:rsidR="00FF41D5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La Semana de Prevención del Fraude contra Medicare ocurre de lunes a viernes en la semana que incluye el 5 de junio. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A76A" w14:textId="77777777" w:rsidR="00930BD6" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF9997B" w14:textId="77777777" w:rsidR="00930BD6" w:rsidRPr="006F1CFD" w:rsidRDefault="00930BD6" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Two" w:history="1">
-        <w:bookmarkStart w:id="2" w:name="_Toc222312163"/>
+        <w:bookmarkStart w:id="2" w:name="_Toc223087873"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
             <w:bCs/>
             <w:color w:val="ED7D31"/>
             <w:szCs w:val="28"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Dos meses antes del evento</w:t>
         </w:r>
         <w:bookmarkEnd w:id="1"/>
         <w:bookmarkEnd w:id="2"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41A8A76B" w14:textId="77777777" w:rsidR="00D734CB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF9997C" w14:textId="77777777" w:rsidR="00D734CB" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc222312164"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc223087874"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Encuentre el centro de recursos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="41A8A76C" w14:textId="77777777" w:rsidR="003B0A50" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00840201">
+    <w:p w14:paraId="1BF9997D" w14:textId="77777777" w:rsidR="003B0A50" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00840201">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Regístrese para recibir </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r>
+        <w:r w:rsidR="003B0A50">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>correos electrónicos sobre la Semana de Prevención del Fraude contra Medicare</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A76D" w14:textId="77777777" w:rsidR="002C03AD" w:rsidRPr="007606D3" w:rsidRDefault="001F048F" w:rsidP="00840201">
+    <w:p w14:paraId="1BF9997E" w14:textId="77777777" w:rsidR="002C03AD" w:rsidRPr="007606D3" w:rsidRDefault="003E0DC2" w:rsidP="00840201">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Visite la </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r>
+        <w:r w:rsidR="002C03AD">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>página web de la Semana de Prevención del Fraude contra Medicare</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> del Centro de Recursos de la SMP para obtener noticias e información general sobre la Semana de Prevención del Fraude contra Medicare. Familiarícese con el contenido que se ha creado y decida si necesita crear recursos adicionales o modificar lo que ya se ha creado. Los recursos disponibles en el centro son los siguientes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A76E" w14:textId="77777777" w:rsidR="007D15A7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007606D3">
+    <w:p w14:paraId="1BF9997F" w14:textId="77777777" w:rsidR="007D15A7" w:rsidRPr="006F1CFD" w:rsidRDefault="007D15A7" w:rsidP="007606D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Imágenes y contenido para las redes sociales</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41A8A76F" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007606D3">
+    <w:p w14:paraId="1BF99980" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="007606D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Disponibles tal cual o puede editarlos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A770" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRPr="007606D3" w:rsidRDefault="001F048F" w:rsidP="00840201">
+    <w:p w14:paraId="1BF99981" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRPr="007606D3" w:rsidRDefault="003E0DC2" w:rsidP="00840201">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Comunicados de prensa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A771" w14:textId="77777777" w:rsidR="007D15A7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007606D3">
+    <w:p w14:paraId="1BF99982" w14:textId="77777777" w:rsidR="007D15A7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2160"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Inserte su información en los comunicados de prensa (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:bdr w:val="nil"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> al final de este kit de herramientas</w:t>
+        <w:t>consulte las plantillas al final de este kit de herramientas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A772" w14:textId="77777777" w:rsidR="00E90399" w:rsidRDefault="001F048F" w:rsidP="007606D3">
+    <w:p w14:paraId="1BF99983" w14:textId="77777777" w:rsidR="00E90399" w:rsidRDefault="00E90399" w:rsidP="007606D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Videos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41A8A773" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007606D3">
+    <w:p w14:paraId="1BF99984" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="007606D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Disponibles para usarlos en las redes sociales o insertarlos en sitios web</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A774" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+    <w:p w14:paraId="1BF99985" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRDefault="00F2179E" w:rsidP="005B2AA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Imprima todos los materiales</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="003E0DC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> que desee usar desde el Centro. Estos incluyen:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A775" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+    <w:p w14:paraId="1BF99986" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRDefault="003E0DC2" w:rsidP="005B2AA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Postales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A776" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+    <w:p w14:paraId="1BF99987" w14:textId="77777777" w:rsidR="00F2179E" w:rsidRDefault="003E0DC2" w:rsidP="005B2AA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Folletos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A777" w14:textId="77777777" w:rsidR="00633B5B" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+    <w:p w14:paraId="1BF99988" w14:textId="77777777" w:rsidR="00633B5B" w:rsidRDefault="003E0DC2" w:rsidP="005B2AA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Volantes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A778" w14:textId="77777777" w:rsidR="005B2AA3" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+    <w:p w14:paraId="1BF99989" w14:textId="77777777" w:rsidR="005B2AA3" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="005B2AA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Mi Rastreador de Atención de Salud</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A779" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF9998A" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc222312165"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc223087875"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Familiarícese con los mensajes sobre el evento</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="41A8A77A" w14:textId="77777777" w:rsidR="006701C2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006701C2">
+    <w:p w14:paraId="1BF9998B" w14:textId="77777777" w:rsidR="006701C2" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="006701C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Lea y apréndase los siguientes mensajes que pueden usarse en los eventos en línea y en persona. Estos mensajes pueden usarse en su totalidad o de forma parcial, según se necesite. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A77B" w14:textId="77777777" w:rsidR="006701C2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006701C2">
+    <w:p w14:paraId="1BF9998C" w14:textId="77777777" w:rsidR="006701C2" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="006701C2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Objetivo de la semana:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la Semana de Prevención del Fraude contra Medicare se enfoca en las acciones que todos pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A8A77C" w14:textId="77777777" w:rsidR="008A5CBB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008A5CBB">
+        <w:t xml:space="preserve"> La Semana de Prevención del Fraude contra Medicare se enfoca en las acciones que todos pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF9998D" w14:textId="77777777" w:rsidR="008A5CBB" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008A5CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Por qué es importante esta semana:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare pierde aproximadamente $60 mil millones cada año debido a fraudes, errores y abusos. Cada día, las cuestiones relacionadas con estos problemas afectan a las personas en todo el país y, a menudo, les cuestan dinero, tiempo y bienestar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A77D" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00253485">
+    <w:p w14:paraId="1BF9998E" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="41A8A77E" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00896016">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los errores relacionados con Medicare contribuyen a esta pérdida anual, aun cuando estos pueden ser errores honestos en la facturación de la atención de salud. Sin embargo, errores repetidos por parte de un médico o proveedor podrían considerarse una señal de alerta de un fraude o abuso potencial </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>si no se corrigen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF9998F" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00896016">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cuando las personas le roban a Medicare, esto nos daña a todos y es un gran negocio para los delincuentes. Algunos ejemplos comunes de fraude, errores o abuso pueden incluir:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A77F" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+    <w:p w14:paraId="1BF99990" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00622AFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cobrar por servicios o suministros que no se proporcionaron.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A780" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+    <w:p w14:paraId="1BF99991" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00622AFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Falsificar un diagnóstico, la identidad de una persona, el servicio proporcionado u otros hechos para justificar el pago.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A781" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+    <w:p w14:paraId="1BF99992" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00622AFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Recetar o proporcionar exámenes y servicios excesivos o innecesarios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A782" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00726270">
+    <w:p w14:paraId="1BF99993" w14:textId="77777777" w:rsidR="00896016" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="41A8A783" w14:textId="77777777" w:rsidR="00726270" w:rsidRPr="007606D3" w:rsidRDefault="001F048F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ser víctimas de estafas a los consumidores o de fraude en la atención de salud puede significar que su número de Medicare se ha visto "comprometido" como resultado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de un robo de identidad médica. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Robarle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a Medicare deja menos fondos disponibles para las personas que necesitan servicios, así como para las personas que necesitarán Medicare en el futuro. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99994" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="41A8A784" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="003C09EF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Cómo participar en la semana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99995" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="00C04C22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="41A8A785" w14:textId="77777777" w:rsidR="008A5CBB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aprender a prevenir, detectar y reportar el fraude contra Medicare y luego compartir lo aprendido con otras personas es la forma en que los beneficiarios de Medicare, cuidadores, familiares, socios, profesionales de atención de salud y toda la comunidad pueden participar en esta semana. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99996" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Prevenir</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">: aprenda a leer su MSN al ver este video, </w:t>
+        <w:t>Prevenga:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>la forma más eficaz de evitar que ocurra un fraude contra Medicare es prevenirlo. Pasos para prevenir el fraude contra Medicare:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99997" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">No conteste llamadas de números desconocidos. Espere a que dejen un mensaje y devuélvales la llamada. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99998" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obtenga información de la SMP sobre las estafas más recientes a través de las </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r>
+        <w:r w:rsidR="00296BD1" w:rsidRPr="00AE41DF">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="0563C1"/>
+            <w:color w:val="2B7BB9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t xml:space="preserve">”How </w:t>
+          <w:t>redes sociales</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, las </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00296BD1" w:rsidRPr="00AE41DF">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="0563C1"/>
+            <w:color w:val="2B7BB9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t>to</w:t>
+          <w:t>páginas nacionales sobre las estafas</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o en </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00296BD1" w:rsidRPr="00AE41DF">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="0563C1"/>
+            <w:color w:val="2B7BB9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t xml:space="preserve"> Read </w:t>
+          <w:t>eventos locales</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99999" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Descargue la aplicación móvil de la SMP: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00296BD1" w:rsidRPr="00AE41DF">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="0563C1"/>
+            <w:color w:val="2B7BB9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t>Your</w:t>
+          <w:t>SMP Medicare Tracker</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF9999A" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="00296BD1" w:rsidP="00C04C22">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF9999B" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Detecte:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>para situaciones que no puede prevenir, aprender a detectar los posibles fraudes, errores y abuso es muy importante. Pasos para detectar el fraude contra Medicare:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF9999C" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aprenda a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00296BD1" w:rsidRPr="00AE41DF">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="0563C1"/>
+            <w:color w:val="2B7BB9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t xml:space="preserve"> Medicare </w:t>
+          <w:t>Leer su Resumen de Medicare (MSN, por sus siglas en inglés)</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para detectar señales de advertencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF9999D" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cree una cuenta en </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="00296BD1" w:rsidRPr="00AE41DF">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="0563C1"/>
+            <w:color w:val="2B7BB9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t>Summary</w:t>
+          <w:t>Medicare.gov</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para revisar los reclamos con mayor rapidez. Los MSN se envían por correo postal cada 180 días o dos veces al año como mínimo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF9999E" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pida y use un </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00296BD1" w:rsidRPr="00AE41DF">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="0563C1"/>
+            <w:color w:val="333333"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>"Mi Rastreador de Atención de Salud"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a la SMP y dé seguimiento a lo que ocurre en las citas para poder compararlo con lo que le facturan en los MSN y/o las Explicaciones de beneficios (EOB).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF9999F" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF999A0" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Reporte:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>si encuentra algo preocupante en un MSN o compartió su información de Medicare sin querer, ¡repórtelo! No lo esconda y no sienta vergüenza. Los estafadores son muy buenos en lo que hacen y la SMP está aquí para ayudar. Pasos para reportar el fraude contra Medicare:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999A1" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Llene este </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00296BD1" w:rsidRPr="00AE41DF">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="333333"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>formulario en línea</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para conectarse con su SMP local.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999A2" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Llame al </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00296BD1" w:rsidRPr="00AE41DF">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="333333"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:bdr w:val="nil"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>1-877-808-2468</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para conectarse con su SMP local.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999A3" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use el botón para reportar un fraude en la aplicación </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00296BD1" w:rsidRPr="00AE41DF">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="2B7BB9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
-          <w:t xml:space="preserve"> Notice” (MSN</w:t>
+          <w:t>SMP Medicare Tracker</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...42 lines deleted...]
-    <w:p w14:paraId="41A8A786" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008A5CBB">
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, que funciona igual que el formulario en línea.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999A4" w14:textId="77777777" w:rsidR="00726270" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...97 lines deleted...]
-        <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-419"/>
-[...47 lines deleted...]
-    <w:p w14:paraId="41A8A788" w14:textId="77777777" w:rsidR="002B557F" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="003A6F87">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Mensajes para audiencias específicas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999A5" w14:textId="77777777" w:rsidR="00D46FE0" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Mensajes para familiares y cuidadores</w:t>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Mensaje para beneficiarios:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Ayude al hablar con sus seres queridos sobre cómo proteger su número de Medicare como lo harían con el número de una tarjeta de crédito. Dígales que revisen sus estados de cuenta de Medicare para detectar fraudes, errores o abusos y que nunca compartan su número de Medicare por teléfono por ninguna razón. </w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="41A8A789" w14:textId="77777777" w:rsidR="00413EEA" w:rsidRPr="000408B0" w:rsidRDefault="00413EEA" w:rsidP="002B557F">
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proteja su número de Medicare como lo haría con la información de su cuenta bancaria. Los estafadores usan muchas tácticas para obtener su número de Medicare; tenga cuidado con sus trucos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999A6" w14:textId="77777777" w:rsidR="1F1C60CE" w:rsidRPr="00AE41DF" w:rsidRDefault="1F1C60CE" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="41A8A78A" w14:textId="77777777" w:rsidR="008A5CBB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00413EEA">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF999A7" w14:textId="77777777" w:rsidR="00FD2D42" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="41A8A78B" w14:textId="77777777" w:rsidR="008A5CBB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008A5CBB">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">No comparta ni confirme su número con ninguna persona que le llame de repente, por correo electrónico, en las redes sociales o incluso por mensaje de texto. Podrían ofrecerle productos gratuitos, como soportes de espalda o rodilleras, alimentos, beneficios adicionales, o decirle que su médico les pidió que le llamaran. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999A8" w14:textId="77777777" w:rsidR="1F1C60CE" w:rsidRPr="00AE41DF" w:rsidRDefault="1F1C60CE" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF999A9" w14:textId="77777777" w:rsidR="00FD2D42" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Si suena demasiado bueno para ser verdad, es probable que lo sea, así que no lo acepte. ¡Usted es la mejor defensa para proteger su número de Medicare!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999AA" w14:textId="77777777" w:rsidR="00D46FE0" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="es-419"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Mensajes para socios</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Mensajes para familiares y cuidadores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ayude al compartir información de la SMP en las redes sociales, referir a clientes y consumidores a la SMP e invitar a la SMP a hablar durante un evento compartido. Identifique formas de colaborar en temas e información relacionados con la misión.</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="41A8A78C" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008A5CBB">
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Hable con sus seres queridos o clientes sobre proteger su número de Medicare como lo harían con el número de una tarjeta de crédito y que nunca compartan su número de Medicare por teléfono por ningún motivo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999AB" w14:textId="77777777" w:rsidR="1F1C60CE" w:rsidRPr="00AE41DF" w:rsidRDefault="1F1C60CE" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF999AC" w14:textId="77777777" w:rsidR="2EE2B9A9" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ponga atención a cosas como cajas de rodilleras (conocidas como equipo médico duradero o DME, por sus siglas en inglés) por la casa. Esta es una estafa común y puede significar que su cliente o un ser querido ha sido una víctima. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999AD" w14:textId="77777777" w:rsidR="2EE2B9A9" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Ayude a sus seres queridos a crear una cuenta en Medicare.gov para acceder a sus reclamos de Medicare en línea o recuérdeles que abran y revisen los estados de cuenta de Medicare y busquen reclamos preocupantes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999AE" w14:textId="77777777" w:rsidR="00FA5B5E" w:rsidRPr="00AE41DF" w:rsidRDefault="00FA5B5E" w:rsidP="00413EEA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF999AF" w14:textId="77777777" w:rsidR="008A5CBB" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="008A5CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00AE41DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t>Mensajes para las agencias asociadas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Ayude al compartir información de la SMP en las redes sociales, referir a clientes y consumidores a la SMP e invitar a la SMP a hablar durante un evento compartido. Identifique formas de colaborar en temas e información relacionados con la misión.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...41 lines deleted...]
-    <w:p w14:paraId="41A8A78D" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00622AFD">
+    </w:p>
+    <w:p w14:paraId="1BF999B0" w14:textId="77777777" w:rsidR="1F1C60CE" w:rsidRPr="00AE41DF" w:rsidRDefault="1F1C60CE" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF999B1" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:t>Mensajes para profesionales de atención de salud:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ayude al hablar con sus pacientes sobre las estafas en la atención de salud, como aquellas relacionadas con el equipo médico duradero (DME, por sus siglas en inglés), las pruebas genéticas o las tarjetas nuevas, de plástico o con chip de Medicare, además de cualquier estafa nueva. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999B2" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00AE41DF" w:rsidRDefault="00DB2B31" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF999B3" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Déjele en claro a sus pacientes y a sus cuidadores que su consultorio y los consultorios de sus otros médicos no les llamarán para ofrecerles servicios o equipo. Explique que los productos y servicios solo deben ser ordenados por sus médicos habituales, como usted, y que los artículos médicos necesarios nunca </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>deben pedirse mediante comerciales de televisión ni llamadas no solicitadas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ponga atención a las solicitudes por fax de DME, HIPAA, notas de pacientes u otros artículos o servicios sobre los que no haya hablado con su paciente. Los estafadores están contando con que su consultorio esté ocupado y que las firmen sin confirmarlas primero con el paciente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999B4" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve">Mensaje para las comunidades: </w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="41A8A78E" w14:textId="77777777" w:rsidR="00404F4D" w:rsidRPr="000408B0" w:rsidRDefault="00404F4D" w:rsidP="00530172">
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ayude </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Int_SEMrfilr"/>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>cuidando</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a sus vecinos mayores. Si escucha que alguien está hablando sobre Medicare, no dude en ofrecer información sobre la SMP local y el Programa Estatal de Asistencia sobre Seguro Médico (SHIP, por sus siglas en inglés) local. Aliente a sus conocidos a hablar con una fuente de confianza sobre sus preguntas relacionadas con Medicare y hable con sus vecinos sobre las estafas más recientes relacionadas con Medicare. ¡Considere hacer trabajo voluntario con su SMP local!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999B5" w14:textId="77777777" w:rsidR="00404F4D" w:rsidRPr="00AE41DF" w:rsidRDefault="00404F4D" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="41A8A78F" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00963F04" w:rsidRDefault="001F048F" w:rsidP="00530172">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF999B6" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00AE41DF" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc223087876"/>
+      <w:r w:rsidRPr="00AE41DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Actividades del plan</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...20 lines deleted...]
-        <w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="1BF999B7" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00D179CA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE41DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Las actividades para esta semana pueden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ocurrir virtualmente o en persona. Planificar opciones para actividades virtuales y en persona le dará más posibilidades de tener impacto. Para cualquier evento grupal, prepárese para ofrecer y/o enviar por correo materiales impresos. Consulte la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00D179CA">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>sección "</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r>
+        <w:r w:rsidR="00D179CA">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Print</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r>
+        <w:r w:rsidR="00D179CA">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r>
+        <w:r w:rsidR="00D179CA">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Materials</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r>
+        <w:r w:rsidR="00D179CA">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>" (Materiales impresos)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> del sitio web de la Semana de Prevención del Fraude contra Medicare para obtener ideas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A791" w14:textId="77777777" w:rsidR="00910EA9" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="007E49A9">
+    <w:p w14:paraId="1BF999B8" w14:textId="77777777" w:rsidR="00910EA9" w:rsidRPr="00495B3E" w:rsidRDefault="003E0DC2" w:rsidP="007E49A9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Las ideas pueden incluir:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A792" w14:textId="77777777" w:rsidR="00680B71" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999B9" w14:textId="77777777" w:rsidR="00680B71" w:rsidRPr="00495B3E" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Actividades en persona</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A793" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999BA" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Jugar juegos relacionados con el fraude (por ejemplo, bingo sobre el fraude; busque "</w:t>
-[...24 lines deleted...]
-    <w:p w14:paraId="41A8A794" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+        <w:t>Jugar juegos relacionados con el fraude (por ejemplo, bingo sobre el fraude; busque "game" (juego) en la Biblioteca de Recursos de la SMP).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999BB" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="00495B3E" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Exhibición en eventos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A795" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999BC" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Enseñarles a las personas a leer los estados de cuenta de Medicare.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A8A796" w14:textId="77777777" w:rsidR="00D75DF2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00D75DF2">
+        <w:t>Enseñar a las personas a leer los estados de cuenta de Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999BD" w14:textId="77777777" w:rsidR="00D75DF2" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00D75DF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Entregar varios Mi Rastreador de Atención de Salud y enseñarles a las personas a usarlos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A797" w14:textId="77777777" w:rsidR="00680B71" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999BE" w14:textId="77777777" w:rsidR="00680B71" w:rsidRPr="00495B3E" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Temas que puede incorporar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A798" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F">
+    <w:p w14:paraId="1BF999BF" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Invite a alguien a quien un estafador se haya acercado o a quien hayan estafado para que comparta su experiencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A799" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999C0" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Comparta consejos sobre cómo detectar el fraude contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A79A" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999C1" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Dedique un tiempo a los testimonios de voluntarios: por qué aman trabajar como voluntarios para la SMP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A79B" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999C2" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Hable sobre los peligros del fraude, los errores y el abuso contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A79C" w14:textId="77777777" w:rsidR="00910EA9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999C3" w14:textId="77777777" w:rsidR="00910EA9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Pregunte a los miembros de la audiencia qué significa para ellos prevenir, detectar y reportar el fraude contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A79D" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999C4" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Comparta contenido escrito o hablado de Medicare Minutes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A79E" w14:textId="77777777" w:rsidR="00D75DF2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00D75DF2">
+    <w:p w14:paraId="1BF999C5" w14:textId="77777777" w:rsidR="00D75DF2" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00D75DF2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">¿Tiene suficientes voluntarios para ayudar en los eventos? Ahora sería un buen momento para averiguar si necesita capacitar a más personas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A79F" w14:textId="77777777" w:rsidR="00F40179" w:rsidRPr="00E045B6" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF999C6" w14:textId="77777777" w:rsidR="00F40179" w:rsidRPr="00E045B6" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc222312167"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc223087877"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Involucre a los socios</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7A0" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DB2B31">
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="1BF999C7" w14:textId="77777777" w:rsidR="00DB2B31" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00DB2B31">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Envíe información sobre los eventos a sus socios. Pídales que divulguen y promuevan sus eventos para incrementar la asistencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7A1" w14:textId="77777777" w:rsidR="008D59AB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00D179CA">
+    <w:p w14:paraId="1BF999C8" w14:textId="77777777" w:rsidR="008D59AB" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00D179CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Invite a socios locales a participar en su evento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7A2" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F471A0">
+    <w:p w14:paraId="1BF999C9" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F471A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los representantes del departamento de policía o de la oficina del alcalde pueden estar dispuestos a hablar sobre las estafas locales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7A3" w14:textId="77777777" w:rsidR="00253FB2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00253FB2">
+    <w:p w14:paraId="1BF999CA" w14:textId="77777777" w:rsidR="00253FB2" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00253FB2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Otros proveedores locales de servicios para personas mayores podrían estar dispuestos a compartir sus experiencias relacionadas con la identificación de un posible fraude.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A8A7A4" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F471A0">
+        <w:t xml:space="preserve">Otros proveedores locales de servicios para personas mayores podrían estar dispuestos a compartir </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>su experiencias relacionadas</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con la identificación de un posible fraude.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999CB" w14:textId="77777777" w:rsidR="00D179CA" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F471A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los socios podrían querer hablar sobre cómo sus programas están trabajando juntos para servir a la comunidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7A5" w14:textId="77777777" w:rsidR="00D734CB" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF999CC" w14:textId="77777777" w:rsidR="00D734CB" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc222312168"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc223087878"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Prepárese para los medios de comunicación</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7A6" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00A60053">
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="1BF999CD" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00A60053">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Trabaje con los medios de comunicación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7A7" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00DF3B3E" w:rsidRDefault="001F048F" w:rsidP="00DF3B3E">
+    <w:p w14:paraId="1BF999CE" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00DF3B3E" w:rsidRDefault="003E0DC2" w:rsidP="00DF3B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Empiece a crear</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> o actualizar una lista de información de contacto de medios de comunicación que necesitará para promover la asistencia o la cobertura de los medios de sus eventos. Los medios de comunicación pueden incluir:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7A8" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="001F048F" w:rsidP="00047212">
+    <w:p w14:paraId="1BF999CF" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="003E0DC2" w:rsidP="00047212">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Periódicos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7A9" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="001F048F" w:rsidP="00047212">
+    <w:p w14:paraId="1BF999D0" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="003E0DC2" w:rsidP="00047212">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Estaciones de radio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7AA" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="001F048F" w:rsidP="00047212">
+    <w:p w14:paraId="1BF999D1" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="003E0DC2" w:rsidP="00047212">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Canales de televisión</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7AB" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="001F048F" w:rsidP="00047212">
+    <w:p w14:paraId="1BF999D2" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="003E0DC2" w:rsidP="00047212">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Boletines locales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7AC" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00835EC7">
+    <w:p w14:paraId="1BF999D3" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00835EC7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Incluya nombres, información de contacto (direcciones de correo electrónico, números telefónicos, etc.) y una lista de información que estos medios de comunicación suelen pedir. Esto hará que el proceso sea más sencillo para las futuras solicitudes de eventos. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7AD" w14:textId="77777777" w:rsidR="00265094" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00265094">
+    <w:p w14:paraId="1BF999D4" w14:textId="77777777" w:rsidR="00265094" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00265094">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cuando trabaje con periódicos o boletines, averigüe quién cubre los eventos comunitarios, ya que este contacto puede ser diferente a su contacto general. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7AE" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DF3B3E">
+    <w:p w14:paraId="1BF999D5" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00DF3B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cuando trabaje con la televisión o la radio, solicite la información de contacto del productor del programa específico durante el cual le gustaría que su evento se cubriera.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7AF" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+    <w:p w14:paraId="1BF999D6" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Pregunte si el sitio web de una estación mediática acepta anuncios de calendario (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sample_Calendar_Announcement" w:history="1">
-        <w:r>
+        <w:r w:rsidR="003C09EF">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>plantilla aquí</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>). De ser así, averigüe a dónde enviar información, qué detalles específicos se necesitan y con cuánta anticipación requiere la estación que se envíen las contribuciones.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7B0" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="00455A92" w:rsidRDefault="001F048F" w:rsidP="00DF3B3E">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1BF999D7" w14:textId="77777777" w:rsidR="00DF3B3E" w:rsidRPr="00455A92" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Story_Pitches_"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Presentaciones de historias</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7B1" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00265094">
+    <w:p w14:paraId="1BF999D8" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Escriba presentaciones de historias para invitar a los medios a que cubran su evento (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sample_Pitch_Letter" w:history="1">
-        <w:r>
+        <w:r w:rsidR="009A5305">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>consulte la plantilla</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">). Un discurso de noticias es algo muy similar a un discurso de ventas de negocios, durante el cual usted tiene un minuto para atraer la atención de los periodistas. Use este tiempo breve para convencer al periodista a que interactúe con usted, haga más preguntas y, con suerte, cubra su evento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7B2" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00265094">
+    <w:p w14:paraId="1BF999D9" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00265094">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Considere preguntarle al presentador de un programa si le gustaría participar en una de sus actividades (si es adecuado). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7B3" w14:textId="77777777" w:rsidR="002F4C39" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="005B2AA3">
+    <w:p w14:paraId="1BF999DA" w14:textId="77777777" w:rsidR="002F4C39" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="005B2AA3">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Compre comerciales en Internet, en la televisión o en la radio local</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7B4" w14:textId="77777777" w:rsidR="004A1622" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00265094">
+    <w:p w14:paraId="1BF999DB" w14:textId="77777777" w:rsidR="004A1622" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00265094">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Contacte a cualquier estación de radio o televisión (local o en línea) para comprar tiempo de transmisión. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7B5" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00265094">
+    <w:p w14:paraId="1BF999DC" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Las </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Radio_Script_Templates" w:history="1">
-        <w:r>
+      <w:hyperlink w:anchor="_Radio_Script_Templates_1" w:history="1">
+        <w:r w:rsidR="00937667">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>plantillas de guiones de radio se encuentran aquí</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7B6" w14:textId="77777777" w:rsidR="00E66B88" w:rsidRPr="000408B0" w:rsidRDefault="00E66B88" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999DD" w14:textId="77777777" w:rsidR="00E66B88" w:rsidRPr="006F1CFD" w:rsidRDefault="00E66B88" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="8" w:name="One"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7B7" w14:textId="77777777" w:rsidR="00D46FE0" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:bookmarkStart w:id="10" w:name="One"/>
+    <w:bookmarkStart w:id="11" w:name="_Hlk99033461"/>
+    <w:p w14:paraId="1BF999DE" w14:textId="77777777" w:rsidR="00D46FE0" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="000408B0">
+      <w:r w:rsidRPr="006F1CFD">
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK  \l "Two" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Toc222312169"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc223087879"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Un mes antes del evento</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00495B3E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7B8" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF999DF" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc222312170"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc223087880"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Envíe su comunicado de prensa y otros materiales de prensa a sus contactos mediáticos</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7B9" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="1BF999E0" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Incluya el contenido del comunicado de prensa directamente en el cuerpo de su correo electrónico para disminuir la probabilidad de que se ignoren los archivos adjuntos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7BA" w14:textId="77777777" w:rsidR="003A14D7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999E1" w14:textId="77777777" w:rsidR="003A14D7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Publique el comunicado de prensa en el sitio web de su organización o programa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7BB" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999E2" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Envíe anuncios acerca de todos los eventos y actividades a sus canales regulares para promoverlos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7BC" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF999E3" w14:textId="77777777" w:rsidR="00345B38" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc222312171"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc223087881"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Envíe paquetes de materiales promocionales a sus socios</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7BD" w14:textId="77777777" w:rsidR="00E3072A" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="1BF999E4" w14:textId="77777777" w:rsidR="00E3072A" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Incluya los alias de redes sociales de los programas y organizaciones, comunicados de prensa, fotos, información sobre los antecedentes de la SMP y su agencia, y anuncios.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7BE" w14:textId="77777777" w:rsidR="0063158D" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="00B77350">
+    <w:p w14:paraId="1BF999E5" w14:textId="77777777" w:rsidR="0063158D" w:rsidRPr="00495B3E" w:rsidRDefault="003E0DC2" w:rsidP="00B77350">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Agregue sus eventos a las secciones del calendario comunitario en los medios locales. Envíe anuncios sobre el calendario a los editores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7BF" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF999E6" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc222312172"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc223087882"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="2F5496"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Promueva el evento en las redes sociales</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7C0" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="1BF999E7" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cree un evento organizacional en Facebook para los eventos en persona y virtuales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7C1" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999E8" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Cree e implemente anuncios sobre el evento en las redes sociales. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7C2" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999E9" w14:textId="77777777" w:rsidR="009A5305" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Empiece a hacer publicaciones sobre la semana y cualquier evento planeado en todos los canales relevantes de redes sociales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7C3" w14:textId="77777777" w:rsidR="00835EC7" w:rsidRPr="00DE6B7C" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF999EA" w14:textId="77777777" w:rsidR="00835EC7" w:rsidRPr="00DE6B7C" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc222312173"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc223087883"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Una semana antes del evento</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7C4" w14:textId="77777777" w:rsidR="00AA75FB" w:rsidRPr="00495B3E" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="1BF999EB" w14:textId="77777777" w:rsidR="00AA75FB" w:rsidRPr="00495B3E" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Llame a sus contactos mediáticos para averiguar si están planeando publicar historias sobre la semana. De ser así, ofrezca su ayuda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7C5" w14:textId="77777777" w:rsidR="00422C4B" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00495B3E">
+    <w:p w14:paraId="1BF999EC" w14:textId="77777777" w:rsidR="00422C4B" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Vuelva a comunicarse con los socios a quienes contactó previamente para preguntar si y cómo van a promocionar los eventos de la semana.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A8A7C6" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="009979BC">
+        <w:t>Vuelva a comunicarse con los socios a quienes contactó previamente para preguntar si, y cómo, van a promocionar los eventos de la semana.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999ED" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="009979BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Envíe por correo electrónico el comunicado de prensa preparado y otros materiales de prensa a sus contactos mediáticos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7C7" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="009979BC">
+    <w:p w14:paraId="1BF999EE" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Envíe otro anuncio o un recordatorio sobre el calendario (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sample_Calendar_Announcement" w:history="1">
-        <w:r>
+        <w:r w:rsidR="009979BC">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>consulte la plantilla</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">) a sus canales para promover el evento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7C8" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="009979BC">
+    <w:p w14:paraId="1BF999EF" w14:textId="77777777" w:rsidR="009979BC" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="009979BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Planifique, prepare e imprima todos los materiales que distribuirá o proporciónelos durante el evento de otro modo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7C9" w14:textId="77777777" w:rsidR="003F5846" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF999F0" w14:textId="77777777" w:rsidR="003F5846" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc222312174"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc223087884"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Semana del evento</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7CA" w14:textId="77777777" w:rsidR="003F5846" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="003F5846">
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="1BF999F1" w14:textId="77777777" w:rsidR="003F5846" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="003F5846">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Tenga su celular a la mano y revise los mensajes de texto y de voz con frecuencia. A menudo, los medios de comunicación esperan hasta el último minuto para decidir si van a cubrir un evento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7CB" w14:textId="77777777" w:rsidR="004421AD" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="003F5846">
+    <w:p w14:paraId="1BF999F2" w14:textId="77777777" w:rsidR="004421AD" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="003F5846">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Asigne un miembro del personal para que se reúna con los reporteros y les dé la bienvenida. Esta persona también será responsable de ayudar a los reporteros a programar cualquier entrevista u oportunidad de fotografías.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A8A7CC" w14:textId="77777777" w:rsidR="003D410D" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00455A92">
+        <w:t>Asigne un miembro del personal para que se reúna con los reporteros y les dé la bienvenida. Esta persona también será responsable de ayudar a los reporteros a programar cualquier entrevista u oportunidad de fotografía.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999F3" w14:textId="77777777" w:rsidR="003D410D" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00455A92">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Supervise las plataformas de redes sociales, asegúrese de que las publicaciones preprogramadas se publiquen exitosamente y revise la página de su evento en Facebook con más frecuencia (si corresponde)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="The"/>
+      <w:bookmarkStart w:id="18" w:name="The"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7CD" w14:textId="77777777" w:rsidR="00181ACF" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF999F4" w14:textId="77777777" w:rsidR="00181ACF" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="Interview_Tips"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkStart w:id="19" w:name="Interview_Tips"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc223087885"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Consejos de entrevista</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A8A7CE" w14:textId="77777777" w:rsidR="00360089" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="1BF999F5" w14:textId="77777777" w:rsidR="00360089" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc222312176"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc223087886"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Prepárese con tiempo</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7CF" w14:textId="77777777" w:rsidR="00A4134A" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00A4134A">
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="1BF999F6" w14:textId="77777777" w:rsidR="00A4134A" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00A4134A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">Investigue las plataformas de noticias y/o a los reporteros con antelación para asegurarse de que entiende la posible superposición entre su cobertura normal y el programa de la SMP. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A8A7D0" w14:textId="77777777" w:rsidR="0039227C" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00CA1A66">
+        <w:t xml:space="preserve">Investigue las plataformas de noticias y/o los reporteros con antelación para asegurarse de que entiende la posible superposición entre su cobertura normal y el programa de la SMP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF999F7" w14:textId="77777777" w:rsidR="0039227C" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00CA1A66">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Conozca los mensajes principales que desea transmitir. Sea flexible si la conversación en la entrevista cambia de curso, pero asegúrese de regresar a sus mensajes principales antes de que la entrevista concluya. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7D1" w14:textId="77777777" w:rsidR="00CA1A66" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0039227C">
+    <w:p w14:paraId="1BF999F8" w14:textId="77777777" w:rsidR="00CA1A66" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="0039227C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuerde hablar sobre la misión de la SMP, lo que la SMP hace y la función de la SMP en el evento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7D2" w14:textId="77777777" w:rsidR="00B01A61" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0039227C">
+    <w:p w14:paraId="1BF999F9" w14:textId="77777777" w:rsidR="00B01A61" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="0039227C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Entregue volantes, folletos y otro tipo de materiales impresos, como información sobre el programa de la SMP y Mi Rastreador de Atención de Salud. Haga referencia a estos materiales en la entrevista, brinde contexto para su uso previsto y la importancia de ayudar a prevenir el fraude contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7D3" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="003A14D7" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF999FA" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="003A14D7" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc222312177"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc223087887"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Durante la entrevista</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7D4" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0013040A">
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="1BF999FB" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="0013040A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Sea amigable y profesional. Los reporteros quieren una buena historia —su historia— y pueden llegar a muchos lectores y espectadores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7D5" w14:textId="77777777" w:rsidR="0013040A" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0013040A">
+    <w:p w14:paraId="1BF999FC" w14:textId="77777777" w:rsidR="0013040A" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="0013040A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Hable despacio para permitir que los reporteros tomen notas. Aunque es normal hablar rápido cuando está emocionado(a), recuerde que los reporteros están tratando de digerir mucha información al mismo tiempo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7D6" w14:textId="77777777" w:rsidR="0013040A" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="0013040A">
+    <w:p w14:paraId="1BF999FD" w14:textId="77777777" w:rsidR="0013040A" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="0013040A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Está bien no conocer la respuesta a cada pregunta. No adivine. Dígales a los reporteros que no sabe la respuesta y puede darle seguimiento más adelante. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7D7" w14:textId="77777777" w:rsidR="00AD3B10" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008B284A">
+    <w:p w14:paraId="1BF999FE" w14:textId="77777777" w:rsidR="00AD3B10" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Conozca sus límites y qué puede y no puede decir. Una hoja de consejos en la entrada de la Biblioteca de Recursos de la SMP </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="00AD3B10">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t xml:space="preserve">Media </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r>
+        <w:r w:rsidR="00AD3B10">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Communications</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r>
+        <w:r w:rsidR="00AD3B10">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t xml:space="preserve"> Training: </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r>
+        <w:r w:rsidR="00AD3B10">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>Handling</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r>
+        <w:r w:rsidR="00AD3B10">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t xml:space="preserve"> Media Like a Pro</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Capacitación para la comunicación mediática: interactúe con los medios de comunicación como un profesional) le recomienda que se prepare con antelación para la pregunta que le da miedo contestar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7D8" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF999FF" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc222312178"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc223087888"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Antes de que termine la entrevista</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7D9" w14:textId="77777777" w:rsidR="0039227C" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00316425">
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="1BF99A00" w14:textId="77777777" w:rsidR="0039227C" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00316425">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Comparta otros sitios que los reporteros pueden visitar para obtener más información, como sitios web, páginas de redes sociales u otros contactos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7DA" w14:textId="77777777" w:rsidR="00113B51" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="005238EF">
+    <w:p w14:paraId="1BF99A01" w14:textId="77777777" w:rsidR="00113B51" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="005238EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Aliente a los reporteros a que visiten la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00113B51">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>página web</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la Semana de Prevención del Fraude contra Medicare del Centro de Recursos de la SMP para obtener más información.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7DB" w14:textId="77777777" w:rsidR="005238EF" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="005238EF">
+    <w:p w14:paraId="1BF99A02" w14:textId="77777777" w:rsidR="005238EF" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="005238EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Invite a los reporteros a que visiten el sitio web de su organización o programa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7DC" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00753E85">
+    <w:p w14:paraId="1BF99A03" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00753E85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Comparta con los reporteros una forma en que pueden comunicarse con usted fuera del horario normal de atención. Esto puede ser necesario si los reporteros tienen un plazo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7DD" w14:textId="77777777" w:rsidR="004F3BC8" w:rsidRPr="007E49A9" w:rsidRDefault="001F048F" w:rsidP="00CA1A66">
+    <w:p w14:paraId="1BF99A04" w14:textId="77777777" w:rsidR="004F3BC8" w:rsidRPr="007E49A9" w:rsidRDefault="003E0DC2" w:rsidP="00CA1A66">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La última pregunta de los reporteros puede ser algo como: "¿Hay algo más que debería saber?" Aproveche esta oportunidad para reforzar sus mensajes principales.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="In_Person_Interview_Tips"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A8A7DE" w14:textId="77777777" w:rsidR="00252121" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+      <w:bookmarkStart w:id="24" w:name="In_Person_Interview_Tips"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk98833082"/>
+    </w:p>
+    <w:p w14:paraId="1BF99A05" w14:textId="77777777" w:rsidR="00252121" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc222312179"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc223087889"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Consejos para una entrevista en persona</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7DF" w14:textId="77777777" w:rsidR="00CA1A66" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00CA1A66">
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="1BF99A06" w14:textId="77777777" w:rsidR="00CA1A66" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00CA1A66">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los periodistas de televisión, radio y de otros medios prefieren realizar entrevistas en persona para poder grabar al entrevistado y capturar imágenes/sonidos en el lugar. Estos son algunos consejos para garantizar que las entrevistas con los medios sean significativas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7E0" w14:textId="77777777" w:rsidR="00B03D49" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
+    <w:p w14:paraId="1BF99A07" w14:textId="77777777" w:rsidR="00B03D49" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Realice la entrevista en un lugar que muestre la misión de la SMP en acción. Por ejemplo, si el reportero está cubriendo un evento de la Semana de Prevención del Fraude contra Medicare, realice la entrevista antes o después del evento en la misma ubicación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7E1" w14:textId="77777777" w:rsidR="00A50A0C" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
+    <w:p w14:paraId="1BF99A08" w14:textId="77777777" w:rsidR="00A50A0C" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>En cambio, si el reportero está cubriendo un tema general, como escribir sobre el fraude contra Medicare en general, realice la entrevista en el exterior o en una oficina espaciosa y bien ventilada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7E2" w14:textId="77777777" w:rsidR="009F3E05" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
+    <w:p w14:paraId="1BF99A09" w14:textId="77777777" w:rsidR="009F3E05" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Prepárese para que le tomen una foto al vestirse de forma profesional. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7E3" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00753E85">
+    <w:p w14:paraId="1BF99A0A" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00753E85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>También es probable que tomen fotografías de objetos. Por ejemplo, el reportero puede querer tomarle una foto a un Mi Rastreador de Atención de Salud. También puede ser útil colocar una mesa/stand de la SMP con todos los materiales que exhibiría en una feria de salud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7E4" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF99A0B" w14:textId="77777777" w:rsidR="005D2021" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc222312180"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="Virtual_On_camera_Interview_Tips"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc223087890"/>
+      <w:bookmarkStart w:id="28" w:name="_Hlk98833090"/>
+      <w:bookmarkStart w:id="29" w:name="Virtual_On_camera_Interview_Tips"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Consejos para una entrevista virtual frente a una cámara</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="41A8A7E5" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w14:paraId="1BF99A0C" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Un fondo ideal para una entrevista es su oficina con un cartel de la SMP u otros materiales a la vista.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7E6" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
+    <w:p w14:paraId="1BF99A0D" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Al igual que con una entrevista en persona, vista de forma profesional.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7E7" w14:textId="77777777" w:rsidR="00AF34F2" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
+    <w:p w14:paraId="1BF99A0E" w14:textId="77777777" w:rsidR="00AF34F2" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Asegúrese de que haya buena iluminación y una imagen clara. La luz natural es preferible y debe estar frente a usted, nunca detrás de usted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7E8" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
+    <w:p w14:paraId="1BF99A0F" w14:textId="77777777" w:rsidR="00185631" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Minimice los movimientos y sonidos exteriores. Incluso si está trabajando desde casa, presente un entorno profesional para reforzar su profesionalismo y el de su organización.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7E9" w14:textId="77777777" w:rsidR="00345471" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00753E85">
+    <w:p w14:paraId="1BF99A10" w14:textId="77777777" w:rsidR="00345471" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00753E85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">El reportero puede querer fotografiar los volantes, folletos o Mi Rastreador de Atención de Salud. Prepare un paquete de materiales que se enviará antes de la entrevista, ya sea de forma virtual o física. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7EA" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="00757DB9" w:rsidRDefault="001F048F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF99A11" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="00757DB9" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc222312181"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="Phone_Interview_Tips"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc223087891"/>
+      <w:bookmarkStart w:id="31" w:name="_Hlk98833098"/>
+      <w:bookmarkStart w:id="32" w:name="Phone_Interview_Tips"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:color w:val="ED7D31"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Consejos para una entrevista telefónica</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="41A8A7EB" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="007E49A9" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w14:paraId="1BF99A12" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="007E49A9" w:rsidRDefault="003E0DC2" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Antes de la entrevista, asegúrese de que el teléfono que va a usar tenga una buena conexión. Si el teléfono que usa normalmente no tiene un sonido claro, encuentre otro teléfono. Considere usar </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Zoom</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> u otra tecnología con cámara para garantizar que su entrevista se escuche con claridad. Prepare una variedad de opciones antes de la entrevista.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7EC" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="007E49A9" w:rsidRDefault="001F048F" w:rsidP="006E67A1">
+    <w:p w14:paraId="1BF99A13" w14:textId="77777777" w:rsidR="00822F51" w:rsidRPr="007E49A9" w:rsidRDefault="003E0DC2" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ya que las indicaciones visuales y el lenguaje corporal se pierden en una llamada telefónica, haga un esfuerzo intencional por establecer una buena relación con el reportero. Sea amigable, servicial y profesional.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7ED" w14:textId="77777777" w:rsidR="00FC40A1" w:rsidRPr="00FC40A1" w:rsidRDefault="00FC40A1" w:rsidP="00FC40A1">
+    <w:p w14:paraId="1BF99A14" w14:textId="77777777" w:rsidR="00FC40A1" w:rsidRPr="00FC40A1" w:rsidRDefault="00FC40A1" w:rsidP="00FC40A1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41A8A7EE" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A15" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Este producto está respaldado por la Administración de Vida Comunitaria (ACL, por sus siglas en inglés) del Departamento de Salud y Servicios Humanos de EE. UU. (HHS, por sus siglas en inglés), como parte de una concesión de ayuda económica con un total de $1,500,000, de los cuales el 100 % está financiado por ACL/HHS.  El contenido pertenece al autor o autores y no representa necesariamente los puntos de vista oficiales, ni el respaldo, de ACL/HHS ni del gobierno estadounidense.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A7EF" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="000408B0" w:rsidRDefault="00B144CD" w:rsidP="00FC40A1">
+    <w:p w14:paraId="104386A0" w14:textId="77777777" w:rsidR="007743B7" w:rsidRDefault="007743B7" w:rsidP="00FC40A1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
-      </w:pPr>
-[...78 lines deleted...]
-    <w:p w14:paraId="41A8A7FC" w14:textId="77777777" w:rsidR="005B2AA3" w:rsidRPr="000408B0" w:rsidRDefault="005B2AA3" w:rsidP="00B144CD">
+        <w:sectPr w:rsidR="007743B7" w:rsidSect="00305532">
+          <w:headerReference w:type="default" r:id="rId29"/>
+          <w:footerReference w:type="default" r:id="rId30"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="2970" w:right="1440" w:bottom="1440" w:left="1440" w:header="900" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF99A19" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="006F1CFD" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF99A1A" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00B144CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="31" w:name="_Toc222312182"/>
+      <w:bookmarkStart w:id="33" w:name="_Sample_Pitch_Letter"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc223087892"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Carta de presentación de muestra</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A7FE" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="1BF99A1B" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41A8A7FF" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
+    <w:p w14:paraId="1BF99A1C" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Estimado(a) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[REPORTERO(A)]:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A800" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+    <w:p w14:paraId="1BF99A1D" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41A8A801" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
+    <w:p w14:paraId="1BF99A1E" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El fraude, los errores y el abuso contra Medicare les cuestan dinero, tiempo y bienestar a las personas. La Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) está ayudando a todas las personas a aprender cómo pueden evitar que el fraude contra Medicare ocurra. A partir de la primera semana de junio, la SMP iniciará la Semana de Prevención del Fraude contra Medicare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A1F" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="41A8A802" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+    </w:p>
+    <w:p w14:paraId="1BF99A20" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="41A8A803" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se calcula que se pierden $60 mil millones debido a fraudes, errores y abusos contra Medicare cada año. El </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[FECHA]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, llevaremos a cabo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[DESCRIBA EL EVENTO]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nuestro objetivo es mostrar cómo los beneficiarios de Medicare, las familias, los cuidadores, los proveedores de atención de salud, los socios y la comunidad entera pueden ayudar a impedir que ocurran este tipo de desperdicios en la atención de salud. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A21" w14:textId="77777777" w:rsidR="00FC0EF2" w:rsidRPr="006F1CFD" w:rsidRDefault="00FC0EF2" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Se calcula que se pierden $60 mil millones debido a fraudes, errores y abusos contra Medicare cada año. El </w:t>
+    </w:p>
+    <w:p w14:paraId="1BF99A22" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00DA1986">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lo(a) invitamos a ver a nuestro personal en acción y a reunirse con residentes mayores que están aprendiendo cómo pueden prevenir el fraude contra Medicare. Por favor, ayúdenos a contar esta historia que seguramente será de interés para su audiencia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A23" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF99A24" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00DA1986">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Puede comunicarse conmigo llamando al </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>[FECHA]</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">, llevaremos a cabo </w:t>
+        <w:t>[TELÉFONO]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>[DESCRIBA EL EVENTO]</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="41A8A804" w14:textId="77777777" w:rsidR="00FC0EF2" w:rsidRPr="000408B0" w:rsidRDefault="00FC0EF2" w:rsidP="00DA1986">
+        <w:t>[CORREO ELECTRÓNICO]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A25" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41A8A805" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
+    <w:p w14:paraId="1BF99A26" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lo(a) invitamos a ver a nuestro personal en acción y a reunirse con residentes mayores que están aprendiendo cómo pueden prevenir el fraude contra Medicare. Por favor, ayúdenos a contar esta historia que seguramente será de interés para su audiencia. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A8A806" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+        <w:t>Atentamente,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A27" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-419"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="41A8A807" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00DA1986">
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[NOMBRE]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A28" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:bdr w:val="nil"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>[TELÉFONO]</w:t>
-[...33 lines deleted...]
-    <w:p w14:paraId="41A8A808" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+        <w:t>[ORGANIZACIÓN]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A29" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...75 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41A8A80D" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="000408B0" w:rsidRDefault="00DA1986">
-[...6 lines deleted...]
-    <w:p w14:paraId="41A8A80E" w14:textId="77777777" w:rsidR="00530172" w:rsidRPr="000408B0" w:rsidRDefault="00530172">
+    <w:p w14:paraId="1BF99A2A" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="006F1CFD" w:rsidRDefault="00DA1986">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF99A2B" w14:textId="77777777" w:rsidR="00530172" w:rsidRPr="006F1CFD" w:rsidRDefault="00530172">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41A8A80F" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="000408B0" w:rsidRDefault="004A097F" w:rsidP="00530172">
+    <w:p w14:paraId="1BF99A2E" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="006F1CFD" w:rsidRDefault="004A097F" w:rsidP="004A097F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF99A2F" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="006F1CFD" w:rsidRDefault="004A097F" w:rsidP="004A097F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF99A30" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="006F1CFD" w:rsidRDefault="004A097F" w:rsidP="004A097F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF99A31" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="006F1CFD" w:rsidRDefault="004A097F" w:rsidP="004A097F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF4A8DD" w14:textId="77777777" w:rsidR="00305532" w:rsidRDefault="00305532">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Sample_Calendar_Announcement"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc223087893"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:bCs/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D6F03C" w14:textId="77777777" w:rsidR="00305532" w:rsidRDefault="00305532" w:rsidP="00B144CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-419"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="41A8A810" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="000408B0" w:rsidRDefault="004A097F" w:rsidP="00530172">
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:bCs/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF99A32" w14:textId="4AFF07B1" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00B144CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...39 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo de anuncio de calendario</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41A8A816" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="1BF99A33" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41A8A817" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
+    <w:p w14:paraId="1BF99A34" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Información de contacto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A818" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
+    <w:p w14:paraId="1BF99A35" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DE LA ORGANIZACIÓN. INCLUYA A LA PATRULLA DE MEDICARE PARA ADULTOS MAYORES.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A819" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
+    <w:p w14:paraId="1BF99A36" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DEL CONTACTO]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A81A" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
+    <w:p w14:paraId="1BF99A37" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NÚMERO TELEFÓNICO]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A81B" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
+    <w:p w14:paraId="1BF99A38" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE LA DIRECCIÓN DEL CORREO ELECTRÓNICO]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A81C" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
+    <w:p w14:paraId="1BF99A39" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE LA DIRECCIÓN WEB]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A81D" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
+    <w:p w14:paraId="1BF99A3A" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41A8A81E" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00FC01E2">
+    <w:p w14:paraId="1BF99A3B" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00FC01E2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>NOMBRE Y FECHA DEL EVENTO]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A81F" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
+    <w:p w14:paraId="1BF99A3C" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Medicare pierde aproximadamente $60 mil millones cada año debido a fraudes, errores y abusos. Cada día, los problemas relacionados con estas preocupantes cuestiones afectan a las personas en todo el país y, a menudo, les cuestan dinero, tiempo y bienestar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A820" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="007E49A9" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="1BF99A3D" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="007E49A9" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La Semana de Prevención del Fraude contra Medicare, la cual ocurre del 1.º al 5 de junio, se enfoca en las acciones que todos pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[SU ORGANIZACIÓN]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> está organizando una serie de eventos educativos gratuitos. Este es el programa: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A821" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00177527">
+    <w:p w14:paraId="1BF99A3E" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00177527">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">[EVENTO 1, nombre, lugar, cómo asistir] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A822" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00177527">
+    <w:p w14:paraId="1BF99A3F" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00177527">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">[EVENTO 2, nombre, lugar, cómo asistir] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A823" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="00FC40A1" w:rsidRDefault="001F048F" w:rsidP="00177527">
+    <w:p w14:paraId="1BF99A40" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="00FC40A1" w:rsidRDefault="003E0DC2" w:rsidP="00177527">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">[ETC.] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A824" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00F63ED7">
+    <w:p w14:paraId="1BF99A41" w14:textId="77777777" w:rsidR="00177527" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) está lista para brindarle la información que necesita para PROTEGERSE a sí mismo(a) contra los fraudes, errores y abusos de Medicare, DETECTAR fraudes, errores y abusos potenciales y REPORTAR sus preocupaciones. Las SMP ayudan a educar y a empoderar a los beneficiarios de Medicare en la lucha en contra del fraude de atención de salud. Su SMP puede ayudarle con sus preguntas, inquietudes o quejas relacionadas con posibles instancias de fraude y abuso. También proporciona información y presentaciones educativas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A825" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="008977E5" w:rsidP="00F63ED7">
-[...7 lines deleted...]
-    <w:p w14:paraId="41A8A826" w14:textId="77777777" w:rsidR="00EF4F39" w:rsidRPr="000408B0" w:rsidRDefault="00EF4F39" w:rsidP="00530172">
+    <w:p w14:paraId="6CBCE0B4" w14:textId="77777777" w:rsidR="00305532" w:rsidRDefault="00305532" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-419"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="41A8A827" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00530172">
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:bCs/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Sample_Press_Release"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc223087894"/>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="1BF99A44" w14:textId="34CB0CF5" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc222312184"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ejemplo de comunicado de prensa #1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A828" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A45" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[USE EL LOGO DE LA SMP]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A829" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A46" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>PARA SU PUBLICACIÓN INMEDIATA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A82A" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="008977E5" w:rsidP="008977E5">
-[...8 lines deleted...]
-    <w:p w14:paraId="41A8A82B" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A47" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF99A48" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Información de contacto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A82C" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A49" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DE LA ORGANIZACIÓN. INCLUYA A LA PATRULLA DE MEDICARE PARA ADULTOS MAYORES.]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
@@ -7135,1145 +7667,1085 @@
         <w:br/>
         <w:t>[INGRESE LA DIRECCIÓN DE CORREO ELECTRÓNICO]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE LA DIRECCIÓN WEB]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A82D" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A4A" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>La Semana de Prevención del Fraude contra Medicare les enseña a todos a prevenir el fraude</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A82E" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A4B" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Ciudad, Estado</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)– El fraude le cuesta a Medicare aproximadamente $60 mil millones al año. A los beneficiarios de Medicare, les cuesta tiempo, estrés, sus identidades médicas y, potencialmente, su salud. A las familias, amigos y cuidadores, les cuestan preocupaciones y pérdida de trabajo cuando ayudan a sus seres queridos a recuperarse del fraude contra Medicare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A82F" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A4C" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">“El fraude contra Medicare tiene un efecto devastador en los beneficiarios y en el programa de Medicare”, dijo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE AQUÍ EL NOMBRE Y EL PUESTO DEL CONTACTO DE LA SMP. Asegúrese de incluir también “Patrulla de Medicare para Adultos Mayores (SMP)”]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>. “Les enseñamos a las personas cómo pueden evitar experimentar un fraude contra Medicare. Al prevenir el fraude, este programa ayuda a las personas y protege al programa de Medicare para las generaciones futuras”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A830" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A4D" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Aprenda a protegerse a usted y a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) y a sus socios en la Semana de Prevención del Fraude contra Medicare, la cual ocurre la semana del 5 de junio, o 6/5, ya que la mayoría de las personas se vuelven elegibles para Medicare cuando cumplen 65 años.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A831" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A4E" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Estamos emocionados de enseñarles a las personas cómo pueden protegerse en contra del fraude contra Medicare y sobre los servicios que ofrece el programa de la Patrulla de Medicare para Adultos Mayores. Esperamos que las personas recuerden los números ‘6-5’ para ayudarnos a celebrar la Semana de Prevención del Fraude contra Medicare”, comentó </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>[INGRESE EL NOMBRE DEL CONTACTO]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A832" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A4F" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Todos tienen una función en la lucha contra el fraude. Durante la Semana de Prevención del Fraude contra Medicare:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A833" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A50" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00290FAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los beneficiarios de Medicare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> pueden revisar sus estados de cuenta del seguro para asegurarse de que los productos y servicios recibidos coincidan con el contenido de los estados de cuenta. Pueden solicitar formatos gratuitos de Mi Rastreador de Atención de Salud con su SMP local.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A834" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00290FAF">
+    <w:p w14:paraId="1BF99A51" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00290FAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los cuidadores y sus familias</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> pueden ayudar al estar atentos a artículos, como equipo médico duradero (por ejemplo, cajas de rodilleras) en la casa, que pueden haberle enviado al beneficiario sin su aprobación o la de su médico. Pueden recordarle a su cliente o ser querido que proteja su número de Medicare como lo haría con el número de una tarjeta de crédito. Pueden ayudar a sus seres queridos a crear una cuenta en Medicare.gov para acceder a sus estados de cuenta de Medicare en línea o recordarles que los abran y revisen cuando lleguen por correo. También pueden registrar su número telefónico en las listas de "no llamar" y visitar optoutprescreen.com para dejar de recibir correspondencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A835" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A52" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los socios</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> pueden ayudar al compartir información de la SMP en las redes sociales, referir a clientes y consumidores a la SMP e invitar a la SMP a hablar durante un evento compartido. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A836" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A53" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los profesionales de atención de salud</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> pueden ayudar al hablar con sus pacientes sobre las estafas en la atención de salud, como aquellas relacionadas con el equipo médico duradero y las pruebas genéticas. Pueden recordarles que solo los médicos con quienes acuden regularmente pueden pedir estos productos y servicios. Los artículos médicos necesarios nunca deben pedirse a través de anuncios de televisión o llamadas no solicitadas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A837" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="001F048F" w:rsidP="008977E5">
+    <w:p w14:paraId="1BF99A54" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="003E0DC2" w:rsidP="008977E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los miembros de la comunidad</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pueden ayudar al estar </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> de sus vecinos mayores. Cuando estén en un lugar público, pueden poner atención a los adultos mayores que estén comprando tarjetas de regalo en grandes cantidades. Pueden animar a sus conocidos a hablar con una fuente de confianza sobre sus preguntas </w:t>
+        <w:t xml:space="preserve"> pueden ayudar a estar pendientes de sus vecinos mayores. Cuando estén en un lugar público, pueden poner atención a los adultos mayores que estén comprando tarjetas de regalo en grandes cantidades. Pueden animar a sus conocidos a hablar con una fuente de confianza sobre sus preguntas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>relacionadas con Medicare y contarles a sus vecinos sobre las estafas más recientes relacionadas con Medicare. ¡Incluso pueden considerar el voluntariado con la SMP local!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A8A838" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="007E49A9">
+    <w:p w14:paraId="1BF99A55" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="007E49A9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) está lista para brindarle la información que necesita para PROTEGERSE a sí mismo(a) contra los fraudes, errores y abusos de Medicare, DETECTAR fraudes, errores y abusos potenciales y REPORTAR sus preocupaciones. Las SMP ayudan a educar y a empoderar a los beneficiarios de Medicare en la lucha en contra del fraude de atención de salud. Su SMP puede ayudarle con sus preguntas, inquietudes o quejas relacionadas con posibles instancias de fraude y abuso. También proporciona información y presentaciones educativas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580AB68A" w14:textId="77777777" w:rsidR="00B32510" w:rsidRDefault="00B32510">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+    <w:p w14:paraId="1BF99A56" w14:textId="77777777" w:rsidR="006A0186" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:bdr w:val="nil"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="36" w:name="_Toc222312185"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1CFD">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A57" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc223087895"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="41A8A839" w14:textId="6DDD2614" w:rsidR="004566B9" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="004566B9">
+        <w:lastRenderedPageBreak/>
+        <w:t>Ejemplo de comunicado de prensa #2</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:bCs/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A58" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[USE EL LOGO DE LA SMP]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A59" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Información de contacto</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A5A" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[INGRESE EL NOMBRE DE LA ORGANIZACIÓN. INCLUYA A LA PATRULLA DE MEDICARE PARA ADULTOS MAYORES.]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[INGRESE EL NOMBRE DEL CONTACTO]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[INGRESE EL NÚMERO TELEFÓNICO]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[INGRESE LA DIRECCIÓN DE CORREO ELECTRÓNICO]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[INGRESE LA DIRECCIÓN WEB]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A5B" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Para publicación inmediata:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A5C" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Fecha)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A5D" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La Semana de Prevención del Fraude contra Medicare ocurre del 1.º al 5 de junio </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Todos pueden prevenir el fraude contra Medicare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A5E" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Ciudad, Estado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>)– El fraude le cuesta a Medicare aproximadamente $60 mil millones al año. A los beneficiarios de Medicare, les cuesta tiempo, estrés, sus identidades médicas e, incluso, su salud. A las familias, amigos y cuidadores, les cuestan preocupaciones y pérdida de trabajo cuando ayudan a sus seres queridos a recuperarse después de haber sido víctimas del fraude contra Medicare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A5F" w14:textId="77777777" w:rsidR="0063065F" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="0063065F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“El fraude contra Medicare tiene un efecto devastador en los beneficiarios y en el programa de Medicare”, dijo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[INGRESE AQUÍ EL NOMBRE Y EL PUESTO DEL CONTACTO DE LA SMP. Asegúrese de incluir también “Patrulla de Medicare para Adultos Mayores (SMP)”]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A60" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Les enseñamos a las personas cómo pueden evitar experimentar un fraude contra Medicare. Al prevenir el fraude, este programa ayuda a las personas y protege al programa de Medicare para las generaciones futuras”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A61" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Aprenda a protegerse a usted y a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores (SMP, por sus siglas en inglés) y a sus socios en la Semana de Prevención del Fraude contra Medicare, la cual ocurre la semana del 5 de junio, o 6/5, ya que la mayoría de las personas se vuelven elegibles para Medicare cuando cumplen 65 años. Obtenga más información sobre la Semana de Prevención del Fraude contra Medicare en www.smpresource.org.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A62" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F1CFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>###</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A63" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="004566B9">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las SMP ayudan a educar y a empoderar a los beneficiarios de Medicare en la lucha en contra del fraude de atención de salud. Su SMP puede ayudarle con sus preguntas, inquietudes o quejas relacionadas con posibles instancias de fraude y abuso. También proporciona información y presentaciones educativas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF99A64" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="006F1CFD" w:rsidRDefault="003E0DC2" w:rsidP="00DC4C96">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Radio_Script_Templates"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="36"/>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="_Radio_Script_Templates_1"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc223087896"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...406 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Plantillas de guion de radio</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6C0EE736" w14:textId="77777777" w:rsidR="00B32510" w:rsidRPr="00AE4C1A" w:rsidRDefault="00B32510" w:rsidP="00B32510">
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="1BF99A65" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00AE4C1A" w:rsidRDefault="003E0DC2" w:rsidP="00AE4C1A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>15 segundos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C8EBE5" w14:textId="77777777" w:rsidR="00B32510" w:rsidRPr="00284CC1" w:rsidRDefault="00B32510" w:rsidP="00B32510">
+    <w:p w14:paraId="1BF99A66" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00937667" w:rsidRDefault="003E0DC2" w:rsidP="135D90BE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-419"/>
-[...13 lines deleted...]
-        <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Descubra cómo puede protegerse y proteger a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores, o SMP, en la Semana de Prevención del Fraude contra Medicare, que se celebrará la semana del 5 de junio. Obtenga más información en </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidR="00937667">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>smpresource.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410E6B9C" w14:textId="77777777" w:rsidR="00B32510" w:rsidRPr="00AE4C1A" w:rsidRDefault="00B32510" w:rsidP="00B32510">
+    <w:p w14:paraId="1BF99A67" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00AE4C1A" w:rsidRDefault="003E0DC2" w:rsidP="00AE4C1A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>30 segundos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61431B15" w14:textId="77777777" w:rsidR="00B32510" w:rsidRPr="001F048F" w:rsidRDefault="00B32510" w:rsidP="00B32510">
+    <w:p w14:paraId="1BF99A68" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00265094" w:rsidRDefault="003E0DC2" w:rsidP="135D90BE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La Semana de Prevención del Fraude contra Medicare se enfoca en las acciones que </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>todos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare. Descubra cómo puede protegerse y proteger a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores, o SMP, en la Semana de Prevención del Fraude contra Medicare, que se celebrará en la semana del 1.º de junio. Obtenga más información en </w:t>
-[...2 lines deleted...]
-        <w:r>
+        <w:t xml:space="preserve"> pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare. Descubra cómo puede protegerse y proteger a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores, o SMP, en la Semana de Prevención del Fraude contra Medicare, que se celebrará la semana del 5 de junio. Obtenga más información en </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidR="00937667">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>smpresource.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> o llamando al 1-877-808-2468.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E3F286" w14:textId="77777777" w:rsidR="00B32510" w:rsidRDefault="00B32510" w:rsidP="00937667">
-[...24 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId26"/>
+    <w:p w14:paraId="1BF99A69" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00937667" w:rsidRDefault="00937667" w:rsidP="00937667">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00937667" w:rsidRPr="00937667" w:rsidSect="00305532">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="2790" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="259BE9A3" w14:textId="77777777" w:rsidR="00A627BF" w:rsidRDefault="00A627BF">
+    <w:p w14:paraId="38AC217E" w14:textId="77777777" w:rsidR="00110E3F" w:rsidRDefault="00110E3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="747F6136" w14:textId="77777777" w:rsidR="00A627BF" w:rsidRDefault="00A627BF">
+    <w:p w14:paraId="5C74C1C7" w14:textId="77777777" w:rsidR="00110E3F" w:rsidRDefault="00110E3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8293,632 +8765,819 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
-    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="League Spartan">
-    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000800000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000083" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-4672368"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="41A8A855" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRDefault="001F048F">
+      <w:p w14:paraId="1BF99A6C" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRDefault="003E0DC2">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="41A8A856" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRDefault="003C09EF">
+  <w:p w14:paraId="1BF99A6D" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRDefault="003C09EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0220B84F" w14:textId="77777777" w:rsidR="00A627BF" w:rsidRDefault="00A627BF">
+    <w:p w14:paraId="2C7D6BC3" w14:textId="77777777" w:rsidR="00110E3F" w:rsidRDefault="00110E3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="340D7DFF" w14:textId="77777777" w:rsidR="00A627BF" w:rsidRDefault="00A627BF">
+    <w:p w14:paraId="0FE49C4E" w14:textId="77777777" w:rsidR="00110E3F" w:rsidRDefault="00110E3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="41A8A852" w14:textId="5916284C" w:rsidR="003C09EF" w:rsidRPr="000408B0" w:rsidRDefault="001F048F" w:rsidP="00696CB7">
+  <w:p w14:paraId="1BF99A6A" w14:textId="461C17E3" w:rsidR="003C09EF" w:rsidRPr="00A37B95" w:rsidRDefault="003E0DC2" w:rsidP="00A37B95">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
+      <w:spacing w:after="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:hAnsi="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
-        <w:sz w:val="48"/>
-        <w:szCs w:val="48"/>
+        <w:sz w:val="42"/>
+        <w:szCs w:val="42"/>
         <w:u w:val="none"/>
         <w:lang w:val="es-419"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F764BD">
+    <w:r w:rsidRPr="00A37B95">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="085290"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="42"/>
+        <w:szCs w:val="42"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41A8A859" wp14:editId="41A8A85A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BF99A6E" wp14:editId="7695E59F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-314325</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-152400</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2361565" cy="1114425"/>
           <wp:effectExtent l="0" t="0" r="635" b="9525"/>
-          <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="2" name="Picture 2"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21415"/>
+              <wp:lineTo x="21432" y="21415"/>
+              <wp:lineTo x="21432" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="911172833" name="Picture 911172833"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="367298424" name="Picture 2"/>
+                  <pic:cNvPr id="205471503" name="Picture 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2361565" cy="1114425"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00A37B95">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:eastAsia="League Spartan" w:hAnsi="League Spartan" w:cs="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
-        <w:sz w:val="48"/>
-        <w:szCs w:val="48"/>
+        <w:sz w:val="42"/>
+        <w:szCs w:val="42"/>
         <w:u w:val="none"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t xml:space="preserve">Semana de Prevención </w:t>
     </w:r>
-    <w:r w:rsidR="000408B0">
+    <w:r w:rsidR="00A37B95" w:rsidRPr="00A37B95">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:eastAsia="League Spartan" w:hAnsi="League Spartan" w:cs="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
-        <w:sz w:val="48"/>
-        <w:szCs w:val="48"/>
+        <w:sz w:val="42"/>
+        <w:szCs w:val="42"/>
         <w:u w:val="none"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
-      <w:br/>
+      <w:t>d</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00A37B95">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:eastAsia="League Spartan" w:hAnsi="League Spartan" w:cs="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
-        <w:sz w:val="48"/>
-        <w:szCs w:val="48"/>
+        <w:sz w:val="42"/>
+        <w:szCs w:val="42"/>
         <w:u w:val="none"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
-      <w:t xml:space="preserve">del Fraude contra Medicare </w:t>
+      <w:t xml:space="preserve">el Fraude contra </w:t>
+    </w:r>
+    <w:r w:rsidR="00A37B95" w:rsidRPr="00A37B95">
+      <w:rPr>
+        <w:rStyle w:val="Hyperlink"/>
+        <w:rFonts w:ascii="League Spartan" w:eastAsia="League Spartan" w:hAnsi="League Spartan" w:cs="League Spartan"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:color w:val="085290"/>
+        <w:sz w:val="42"/>
+        <w:szCs w:val="42"/>
+        <w:u w:val="none"/>
+        <w:bdr w:val="nil"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t>M</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A37B95">
+      <w:rPr>
+        <w:rStyle w:val="Hyperlink"/>
+        <w:rFonts w:ascii="League Spartan" w:eastAsia="League Spartan" w:hAnsi="League Spartan" w:cs="League Spartan"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:color w:val="085290"/>
+        <w:sz w:val="42"/>
+        <w:szCs w:val="42"/>
+        <w:u w:val="none"/>
+        <w:bdr w:val="nil"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+      <w:t>edicare</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="41A8A853" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRPr="000408B0" w:rsidRDefault="003C09EF">
+  <w:p w14:paraId="1BF99A6B" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRPr="006F1CFD" w:rsidRDefault="003C09EF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="es-419"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01D334E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6486C558"/>
-    <w:lvl w:ilvl="0" w:tplc="7188EEB6">
+    <w:lvl w:ilvl="0" w:tplc="A364AABE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="754EB6DE" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A5CCFAF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="006212C0" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="268C3288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A4469B1C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1116D790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E8385204" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="4C26A248" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DC16DB96" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="4ABA3DB6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A52282E8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DD80FE0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74683726" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C3CE4CF4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37868D20" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A90E3090" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08E55C8B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1638A0B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="104B4008"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49687C5E"/>
-    <w:lvl w:ilvl="0" w:tplc="5F524E1E">
+    <w:lvl w:ilvl="0" w:tplc="D68C4216">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="239C5D24">
+    <w:lvl w:ilvl="1" w:tplc="9FC4C91C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="9E3E21FE">
+    <w:lvl w:ilvl="2" w:tplc="B4AA4C48">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8124A8E4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="D1D45318" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9C90B930" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="5A0AC236" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19CAB406" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="3B86FD5C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CF663ABC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55004BE4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9B96565E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C4CC5ACE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D29C48BA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1E3C6A46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="137B141E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D54E9BE0"/>
-    <w:lvl w:ilvl="0" w:tplc="FA1A7560">
+    <w:lvl w:ilvl="0" w:tplc="B1CC77A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6F1AD1C8">
+    <w:lvl w:ilvl="1" w:tplc="458C9578">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76B44EA8">
+    <w:lvl w:ilvl="2" w:tplc="AC76A846">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F93870D0">
+    <w:lvl w:ilvl="3" w:tplc="2A96025A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51905B88">
+    <w:lvl w:ilvl="4" w:tplc="753ABBD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C40440C0">
+    <w:lvl w:ilvl="5" w:tplc="84147508">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5AAE4DA0">
+    <w:lvl w:ilvl="6" w:tplc="34807298">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74AEDCD6">
+    <w:lvl w:ilvl="7" w:tplc="CB426078">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8F3A41A8">
+    <w:lvl w:ilvl="8" w:tplc="2F3C8626">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B76357A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A328C7DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9023,2819 +9682,2928 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E9203A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96B6362A"/>
-    <w:lvl w:ilvl="0" w:tplc="B1CC5A00">
+    <w:lvl w:ilvl="0" w:tplc="E304A09A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2EDAB4A4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="9B8A6488" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="647688E8" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2AB0EDFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C31223A8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="7228ECC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32AC693A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="7C78ADE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="769A864C" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="DA4ACAAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="784EAD66" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E53CF600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A4248AE6" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E6226148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3A9AAA72" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70FCD5EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E17520A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AF8E16E"/>
-    <w:lvl w:ilvl="0" w:tplc="8F566476">
+    <w:lvl w:ilvl="0" w:tplc="90769ABC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6C5451FA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A094C3DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5E88F500" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21400B94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="878C66CC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="7600684C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3258D5B8" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="9222C960" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="774AF170" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E90CFEBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="EC982896" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="3CE21450" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59629A9C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="8480C5D8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="D1E03CA2" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72C674F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="314C7D0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30884A12"/>
-    <w:lvl w:ilvl="0" w:tplc="5A20FE1A">
+    <w:lvl w:ilvl="0" w:tplc="3F285C5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D2E2D802">
+    <w:lvl w:ilvl="1" w:tplc="4DAE8B72">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6CB2499A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2256A0FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="ED32312C" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C9EAA306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B7CE1182" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A9AE1F30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="ECD8C5DC" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="CA7C7716" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="117E92C8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1B6EB488" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72940C26" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="7CE49A96" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="6052BD04" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="DC4E26AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CB06B4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0B82A16"/>
-    <w:lvl w:ilvl="0" w:tplc="C9A8C442">
+    <w:lvl w:ilvl="0" w:tplc="364C948E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A3207340">
+    <w:lvl w:ilvl="1" w:tplc="72E4F0B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CCD49692">
+    <w:lvl w:ilvl="2" w:tplc="EB12D09E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DA384CA8">
+    <w:lvl w:ilvl="3" w:tplc="C21C2C9A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2D66FF86">
+    <w:lvl w:ilvl="4" w:tplc="6A8E3CD6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44B2CFB4" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59BE2E54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B982612E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90AEED4A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BE7C0CBE" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E7066FB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3A70697C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="423C5F7C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="446D5AE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B942C4C2"/>
-    <w:lvl w:ilvl="0" w:tplc="0194FBA6">
+    <w:lvl w:ilvl="0" w:tplc="A77020AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9E8CCE1A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F07A2B76" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="395861DC" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="AF1A0B9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A470D248" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="ACB8C4B4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A7D8804A" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="C2A85B60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F9C826EE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="EEDAE03C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="E2B82E02" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0B064668" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6CF45F04" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6D023FC6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87F8CF58" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12F6DB3E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="449A0C76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7662175A"/>
-    <w:lvl w:ilvl="0" w:tplc="838E76A2">
+    <w:lvl w:ilvl="0" w:tplc="6C18479C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B51C952A" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="B8CAD4CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="EB386146" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7472B4DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="485C3D62" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="861C853A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33A83C58" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A2669D40" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5CB26BF0" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50EAAA00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2CFA0012" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41A4AB94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0292F1E0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="00FC311E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B80C3138" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="BB5AEEF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44CC75F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A1E7FEE"/>
-    <w:lvl w:ilvl="0" w:tplc="34309CC4">
+    <w:lvl w:ilvl="0" w:tplc="FFD2B5B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="787825A4" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="A4ACF374" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80FEEFF8" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="4C6E7916" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="8724F4D6" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CE24C572" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44049B38" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="1A129F1E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3F96EAAE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="B7B29D84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94868562" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41A846EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AB209FFC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37E24154" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36D875CA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="C3BA2DDE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ADA598D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D16F224"/>
-    <w:lvl w:ilvl="0" w:tplc="C3564C56">
+    <w:lvl w:ilvl="0" w:tplc="C030925C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="034E056C">
+    <w:lvl w:ilvl="1" w:tplc="468A6BA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6E06605E" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="304C5672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="664A879E" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="C97C48CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19D09F1C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="728E352C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="711480DE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="2B023044" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5F8837E8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F02C8678" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="079057FC" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="185025D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="BDFC08B8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="1FCC2E2E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B204564"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C9871B2"/>
-    <w:lvl w:ilvl="0" w:tplc="EAB0F0A8">
+    <w:lvl w:ilvl="0" w:tplc="88884714">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FDF2E8E8" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="2C3E9BE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="CBF27EE4" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="6D642E96" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5DD63D00" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A1A6E602" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81947B4C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="6D5A6EEE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B0BCC998" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="188E7528" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4992FBFC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="F51E2524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AF3C3FB4" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="365A830C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="297865BC" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="EAC06224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C5B0D09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABD0D5E2"/>
-    <w:lvl w:ilvl="0" w:tplc="E6D04F7A">
+    <w:lvl w:ilvl="0" w:tplc="B9A219B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64CC5D7C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="D2E06402" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="BA723874" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2F8463C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3C0ADD94" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EC749E14" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F4FC28DA" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="DEAE4312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94F0456E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="906ADDA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="1466D19E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58D69FB8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="3FC24B9E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="C6E4A506" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81D6745A" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="539602C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A37AF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F780A8C8"/>
-    <w:lvl w:ilvl="0" w:tplc="24204A9A">
+    <w:lvl w:ilvl="0" w:tplc="023ABC58">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4E46642C">
+    <w:lvl w:ilvl="1" w:tplc="F2F411E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6DE8BC62">
+    <w:lvl w:ilvl="2" w:tplc="40C2B5BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="B0BCA74C">
+    <w:lvl w:ilvl="3" w:tplc="1526B384">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B94039FA">
+    <w:lvl w:ilvl="4" w:tplc="47C605E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="A9FC9A7E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="E744C01A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3E7C9882" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52CA6F32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2EC45976" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32125A70" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9208D326" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="EBCEE806" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53C57006"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFDAE1B6"/>
-    <w:lvl w:ilvl="0" w:tplc="06AAF4F0">
+    <w:lvl w:ilvl="0" w:tplc="045443C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62967ADC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="5BB46736" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="AAAE4156" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="DAD0F9F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="D046CB74" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="1A9EA446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D21C372C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98F0B76E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DDC8FD4E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7B389562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4808DCAC" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="4D784546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="4470DB98" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F0965668" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="DC5400B0" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="2C68E0F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D367390"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AE42114"/>
-    <w:lvl w:ilvl="0" w:tplc="D7C05E46">
+    <w:lvl w:ilvl="0" w:tplc="27F8BA0C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24508ACC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F6EEC32E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52DE66AA" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="5FDC104A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F0FEFFD4" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24A4F30E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2E724132" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="02189B04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="829ACA40" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="7EF26E26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7BEC83C4" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24122F0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7CA2B3D0" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="6728EE82" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="BC440CB4" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="A27C0A4E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E6B582A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13AC151A"/>
-    <w:lvl w:ilvl="0" w:tplc="F8E63882">
+    <w:lvl w:ilvl="0" w:tplc="794615BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58B4851C" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="EAC080A0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1112352A" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14D2FF04" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F5A08CC8" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CBC62900" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49D03D5E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="298434D6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="CDCA4CB6" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73B4454E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4BDCC616" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="1E90CE7A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D24E8B1A" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="B66252A8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="010EACAA" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50263E36" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F8C0FEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1F4BAF4"/>
-    <w:lvl w:ilvl="0" w:tplc="D0FCCBEC">
+    <w:lvl w:ilvl="0" w:tplc="79682AAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="D512D4DC" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="C08A297A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A62C7D02" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="9F980610" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46BE7306" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F4540618" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="3B5A39D2" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="3244DFF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8DC07F98" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D9F2BA16" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69F42DA8" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96944E30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F59AB26C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="EBBE6FD0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="482AF35C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="E4EA6C32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="727A0569"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74E62AE0"/>
-    <w:lvl w:ilvl="0" w:tplc="4612B426">
+    <w:lvl w:ilvl="0" w:tplc="231E7E26">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A6105510" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="F03014F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="D0A4DC5C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="C39265EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="7618D4DC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43BCE3C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8708E51E" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="A7A84192" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63AE92CE" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="F0ACA356" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="957E91F6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="8E141F6A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20BC3600" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="7AD82238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29761630" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="4086C850" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="795F7F54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17C40A54"/>
-    <w:lvl w:ilvl="0" w:tplc="F6E2E102">
+    <w:lvl w:ilvl="0" w:tplc="032E739E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AF7A4F8E" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0602CD44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="7EA850E2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="4DDEC188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43B00352" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14DC89E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="A830A418" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F6083260" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98AA553E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11986CBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A24010BA" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98DE0CF8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23BE956E" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FC7A6A26" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="342CF740" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B450DF94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79EC28A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F74FC58"/>
-    <w:lvl w:ilvl="0" w:tplc="7548CA2C">
+    <w:lvl w:ilvl="0" w:tplc="66B83C86">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="AE187CCA" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="524E0756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F7869C02" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="B1BE4DDE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AA4EDBF2" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="8C12FC62" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="839CA04C" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F4EA45FC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0400C322" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38E4F5F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6D32B96C" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="A70CE4FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="1386381C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="5FC09FA4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0008A256" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F8FA455C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B8B4883"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0652C0D6"/>
-    <w:lvl w:ilvl="0" w:tplc="11901466">
+    <w:lvl w:ilvl="0" w:tplc="E07CB79A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F3D62472">
+    <w:lvl w:ilvl="1" w:tplc="1CFAFAC6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8B4A25B2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0296B600" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6E1454EC" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="A36A9E00" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="535A0648" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="D2EE6D1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="796C924E" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="1AA47FE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="5462A6FE" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="7268800E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="CA26A77C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23B65892" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="DE3E8A4C" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="4716731E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E585A4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="541039FE"/>
-    <w:lvl w:ilvl="0" w:tplc="6296A2EA">
+    <w:lvl w:ilvl="0" w:tplc="C686ABEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6302BD34" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13867284" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22F2101C" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="8D8820E0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="5712DEDA" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="773C9A96" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F5903F68" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="F2F2D084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="ECB45496" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18EC97E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7D4C507E" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="EF10ED02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="6176698C" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="F652485A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77CE825E" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="02444DD8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="181862530">
+  <w:num w:numId="1" w16cid:durableId="238176621">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="489951327">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2060274806">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1074746234">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="18942414">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="370376102">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1240871148">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="432166453">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1578200863">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="441539230">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="231473399">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="998581003">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1492015371">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1792361507">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2005235474">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1377317449">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1158765992">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="926311479">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="686753111">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="881944908">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1346788568">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1061254216">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="695623709">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1578784064">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="35006960">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="957613012">
+  <w:num w:numId="25" w16cid:durableId="442726979">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...61 lines deleted...]
-    <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00822EFA"/>
     <w:rsid w:val="0000696E"/>
     <w:rsid w:val="00015390"/>
     <w:rsid w:val="000160D5"/>
     <w:rsid w:val="00023FEF"/>
     <w:rsid w:val="000250A6"/>
-    <w:rsid w:val="000408B0"/>
+    <w:rsid w:val="00036AED"/>
+    <w:rsid w:val="00037E7F"/>
+    <w:rsid w:val="0004392D"/>
     <w:rsid w:val="00047212"/>
     <w:rsid w:val="00051394"/>
     <w:rsid w:val="00055438"/>
     <w:rsid w:val="00071D7E"/>
     <w:rsid w:val="000875D5"/>
     <w:rsid w:val="000B22AA"/>
     <w:rsid w:val="000B43FC"/>
     <w:rsid w:val="000D7598"/>
     <w:rsid w:val="001017AD"/>
+    <w:rsid w:val="001059FA"/>
     <w:rsid w:val="001076C7"/>
-    <w:rsid w:val="00110C99"/>
+    <w:rsid w:val="00110E3F"/>
+    <w:rsid w:val="00110E61"/>
     <w:rsid w:val="00111655"/>
     <w:rsid w:val="00113B51"/>
     <w:rsid w:val="00115F41"/>
     <w:rsid w:val="0012129C"/>
     <w:rsid w:val="0013040A"/>
     <w:rsid w:val="00140B9E"/>
     <w:rsid w:val="001564DC"/>
     <w:rsid w:val="0015787F"/>
     <w:rsid w:val="0017101C"/>
+    <w:rsid w:val="00172E91"/>
     <w:rsid w:val="00177527"/>
+    <w:rsid w:val="001812E7"/>
     <w:rsid w:val="00181ACF"/>
     <w:rsid w:val="00185631"/>
     <w:rsid w:val="00197844"/>
     <w:rsid w:val="001A1098"/>
     <w:rsid w:val="001A1B3D"/>
     <w:rsid w:val="001A2A4E"/>
+    <w:rsid w:val="001A3E7F"/>
     <w:rsid w:val="001B636F"/>
     <w:rsid w:val="001C14CF"/>
     <w:rsid w:val="001C36BE"/>
-    <w:rsid w:val="001F048F"/>
+    <w:rsid w:val="001C4FAF"/>
     <w:rsid w:val="00204757"/>
     <w:rsid w:val="00206B66"/>
     <w:rsid w:val="0020A166"/>
     <w:rsid w:val="00227FBD"/>
     <w:rsid w:val="0023338B"/>
     <w:rsid w:val="0024701B"/>
+    <w:rsid w:val="0025062A"/>
     <w:rsid w:val="00252121"/>
-    <w:rsid w:val="00253485"/>
     <w:rsid w:val="00253FB2"/>
     <w:rsid w:val="002548C6"/>
     <w:rsid w:val="002550FE"/>
     <w:rsid w:val="0025578A"/>
     <w:rsid w:val="00264730"/>
     <w:rsid w:val="00265094"/>
     <w:rsid w:val="0027135D"/>
     <w:rsid w:val="002815FA"/>
-    <w:rsid w:val="00284CC1"/>
-    <w:rsid w:val="00285C14"/>
     <w:rsid w:val="00287CFB"/>
     <w:rsid w:val="00290FAF"/>
     <w:rsid w:val="002924A5"/>
     <w:rsid w:val="00293276"/>
     <w:rsid w:val="00293D3D"/>
+    <w:rsid w:val="00296BD1"/>
+    <w:rsid w:val="002A6F2A"/>
     <w:rsid w:val="002B49C8"/>
     <w:rsid w:val="002B4BEF"/>
     <w:rsid w:val="002B557F"/>
     <w:rsid w:val="002B7ED9"/>
     <w:rsid w:val="002C03AD"/>
+    <w:rsid w:val="002C2B23"/>
     <w:rsid w:val="002D12F7"/>
     <w:rsid w:val="002E3E33"/>
     <w:rsid w:val="002F0C5C"/>
     <w:rsid w:val="002F4C39"/>
     <w:rsid w:val="002F61AC"/>
     <w:rsid w:val="002F72B3"/>
     <w:rsid w:val="00301D41"/>
+    <w:rsid w:val="00305532"/>
     <w:rsid w:val="00316425"/>
     <w:rsid w:val="003177E0"/>
+    <w:rsid w:val="0032082F"/>
+    <w:rsid w:val="0032147B"/>
     <w:rsid w:val="003216C4"/>
     <w:rsid w:val="003262D8"/>
     <w:rsid w:val="00327AB5"/>
     <w:rsid w:val="00332596"/>
     <w:rsid w:val="00345471"/>
     <w:rsid w:val="00345B38"/>
     <w:rsid w:val="00360089"/>
     <w:rsid w:val="003616D1"/>
     <w:rsid w:val="00372770"/>
     <w:rsid w:val="0039092B"/>
     <w:rsid w:val="0039137A"/>
     <w:rsid w:val="0039227C"/>
     <w:rsid w:val="003A09FA"/>
     <w:rsid w:val="003A14D7"/>
     <w:rsid w:val="003A6F87"/>
     <w:rsid w:val="003B0A50"/>
+    <w:rsid w:val="003B25CC"/>
+    <w:rsid w:val="003B4E56"/>
     <w:rsid w:val="003B6C1B"/>
     <w:rsid w:val="003C034A"/>
     <w:rsid w:val="003C09EF"/>
     <w:rsid w:val="003D410D"/>
     <w:rsid w:val="003D754C"/>
     <w:rsid w:val="003D7822"/>
+    <w:rsid w:val="003E0DC2"/>
     <w:rsid w:val="003E40B7"/>
     <w:rsid w:val="003F23EC"/>
     <w:rsid w:val="003F4A0E"/>
     <w:rsid w:val="003F5846"/>
-    <w:rsid w:val="00401692"/>
+    <w:rsid w:val="00400267"/>
     <w:rsid w:val="004037C3"/>
     <w:rsid w:val="00404C68"/>
     <w:rsid w:val="00404F4D"/>
     <w:rsid w:val="00413EEA"/>
     <w:rsid w:val="00422C4B"/>
     <w:rsid w:val="00422CB9"/>
     <w:rsid w:val="004245DE"/>
-    <w:rsid w:val="00425822"/>
     <w:rsid w:val="004421AD"/>
     <w:rsid w:val="0045466F"/>
     <w:rsid w:val="00455A92"/>
     <w:rsid w:val="00456340"/>
     <w:rsid w:val="004566B9"/>
     <w:rsid w:val="00464FBA"/>
+    <w:rsid w:val="004834FB"/>
+    <w:rsid w:val="00485102"/>
     <w:rsid w:val="0048607B"/>
     <w:rsid w:val="0049290A"/>
     <w:rsid w:val="004952AB"/>
     <w:rsid w:val="00495B3E"/>
     <w:rsid w:val="004A097F"/>
     <w:rsid w:val="004A1622"/>
     <w:rsid w:val="004B3E0F"/>
+    <w:rsid w:val="004E1F71"/>
     <w:rsid w:val="004E7898"/>
     <w:rsid w:val="004F0D15"/>
+    <w:rsid w:val="004F2DFF"/>
     <w:rsid w:val="004F3BC8"/>
     <w:rsid w:val="004F3DD5"/>
     <w:rsid w:val="00500391"/>
     <w:rsid w:val="005107FD"/>
     <w:rsid w:val="005213C3"/>
     <w:rsid w:val="005238EF"/>
     <w:rsid w:val="00526843"/>
     <w:rsid w:val="00530172"/>
     <w:rsid w:val="00530331"/>
     <w:rsid w:val="0053402B"/>
     <w:rsid w:val="0053706D"/>
     <w:rsid w:val="00542205"/>
     <w:rsid w:val="0055159D"/>
+    <w:rsid w:val="00562EA4"/>
+    <w:rsid w:val="005642DE"/>
     <w:rsid w:val="005643FE"/>
-    <w:rsid w:val="00593946"/>
+    <w:rsid w:val="005655C1"/>
+    <w:rsid w:val="00574BB1"/>
     <w:rsid w:val="005A5018"/>
+    <w:rsid w:val="005A64D4"/>
     <w:rsid w:val="005B2AA3"/>
     <w:rsid w:val="005B7456"/>
     <w:rsid w:val="005B7848"/>
     <w:rsid w:val="005C5AFE"/>
     <w:rsid w:val="005D2021"/>
     <w:rsid w:val="005E465C"/>
     <w:rsid w:val="0060302D"/>
     <w:rsid w:val="00603E41"/>
     <w:rsid w:val="00606165"/>
     <w:rsid w:val="0061256E"/>
     <w:rsid w:val="006215BC"/>
     <w:rsid w:val="00622AFD"/>
     <w:rsid w:val="0063065F"/>
     <w:rsid w:val="0063158D"/>
     <w:rsid w:val="0063253C"/>
     <w:rsid w:val="00633B5B"/>
     <w:rsid w:val="00645561"/>
     <w:rsid w:val="00651E76"/>
     <w:rsid w:val="006574C5"/>
     <w:rsid w:val="00664D46"/>
     <w:rsid w:val="006701C2"/>
     <w:rsid w:val="00673855"/>
     <w:rsid w:val="00680B71"/>
     <w:rsid w:val="006813DC"/>
     <w:rsid w:val="00696CB7"/>
+    <w:rsid w:val="006A0186"/>
     <w:rsid w:val="006B678A"/>
     <w:rsid w:val="006C0F51"/>
     <w:rsid w:val="006C2A92"/>
     <w:rsid w:val="006C2C0C"/>
+    <w:rsid w:val="006D075C"/>
     <w:rsid w:val="006D39FC"/>
     <w:rsid w:val="006E67A1"/>
     <w:rsid w:val="006F18DA"/>
+    <w:rsid w:val="006F1CFD"/>
     <w:rsid w:val="006F7526"/>
     <w:rsid w:val="00705400"/>
     <w:rsid w:val="00717351"/>
     <w:rsid w:val="00726270"/>
     <w:rsid w:val="00727414"/>
     <w:rsid w:val="007434A8"/>
     <w:rsid w:val="00752799"/>
     <w:rsid w:val="00753E85"/>
     <w:rsid w:val="00756CFB"/>
     <w:rsid w:val="00757DB9"/>
     <w:rsid w:val="007606D3"/>
     <w:rsid w:val="00762828"/>
     <w:rsid w:val="00773C2B"/>
+    <w:rsid w:val="007743B7"/>
     <w:rsid w:val="007861DC"/>
     <w:rsid w:val="007B4A36"/>
+    <w:rsid w:val="007C2695"/>
     <w:rsid w:val="007D1099"/>
     <w:rsid w:val="007D15A7"/>
     <w:rsid w:val="007D1D60"/>
     <w:rsid w:val="007D5893"/>
     <w:rsid w:val="007E360F"/>
     <w:rsid w:val="007E49A9"/>
     <w:rsid w:val="007F1B64"/>
     <w:rsid w:val="007F3146"/>
     <w:rsid w:val="007F58E7"/>
     <w:rsid w:val="007F6EAB"/>
+    <w:rsid w:val="00805B8A"/>
     <w:rsid w:val="00807305"/>
+    <w:rsid w:val="00815235"/>
     <w:rsid w:val="00822EFA"/>
     <w:rsid w:val="00822F51"/>
     <w:rsid w:val="008264C9"/>
     <w:rsid w:val="00835EC7"/>
     <w:rsid w:val="00840201"/>
-    <w:rsid w:val="0087550A"/>
+    <w:rsid w:val="0085302D"/>
+    <w:rsid w:val="00865CC8"/>
+    <w:rsid w:val="00877889"/>
+    <w:rsid w:val="00880E95"/>
     <w:rsid w:val="008852C7"/>
+    <w:rsid w:val="00887523"/>
     <w:rsid w:val="00891E4D"/>
     <w:rsid w:val="008926FB"/>
     <w:rsid w:val="008942FF"/>
     <w:rsid w:val="00894A29"/>
     <w:rsid w:val="00896016"/>
     <w:rsid w:val="008977E5"/>
     <w:rsid w:val="008A5AE4"/>
     <w:rsid w:val="008A5CBB"/>
     <w:rsid w:val="008A6603"/>
     <w:rsid w:val="008B284A"/>
     <w:rsid w:val="008B5268"/>
     <w:rsid w:val="008C0315"/>
     <w:rsid w:val="008C1B27"/>
     <w:rsid w:val="008D049F"/>
     <w:rsid w:val="008D59AB"/>
     <w:rsid w:val="008D663F"/>
     <w:rsid w:val="008E32B9"/>
     <w:rsid w:val="008F1AEE"/>
+    <w:rsid w:val="008F59FD"/>
     <w:rsid w:val="00910EA9"/>
+    <w:rsid w:val="009126A4"/>
     <w:rsid w:val="00913F63"/>
     <w:rsid w:val="00930BD6"/>
     <w:rsid w:val="00937667"/>
     <w:rsid w:val="00946DA5"/>
     <w:rsid w:val="009504AE"/>
-    <w:rsid w:val="00963F04"/>
+    <w:rsid w:val="00962CB0"/>
     <w:rsid w:val="00971E8B"/>
     <w:rsid w:val="00977833"/>
+    <w:rsid w:val="0097788F"/>
+    <w:rsid w:val="00985DFC"/>
     <w:rsid w:val="009960D6"/>
     <w:rsid w:val="009979BC"/>
     <w:rsid w:val="009A3C59"/>
     <w:rsid w:val="009A5305"/>
     <w:rsid w:val="009D335A"/>
     <w:rsid w:val="009D4216"/>
-    <w:rsid w:val="009D68E3"/>
     <w:rsid w:val="009E030F"/>
     <w:rsid w:val="009E6CEC"/>
     <w:rsid w:val="009F240C"/>
+    <w:rsid w:val="009F2D44"/>
     <w:rsid w:val="009F3E05"/>
     <w:rsid w:val="009F60A1"/>
     <w:rsid w:val="00A010AD"/>
     <w:rsid w:val="00A015DB"/>
     <w:rsid w:val="00A05281"/>
+    <w:rsid w:val="00A1130D"/>
+    <w:rsid w:val="00A243AF"/>
+    <w:rsid w:val="00A30952"/>
     <w:rsid w:val="00A32A36"/>
     <w:rsid w:val="00A360D4"/>
+    <w:rsid w:val="00A37B95"/>
     <w:rsid w:val="00A4134A"/>
     <w:rsid w:val="00A504B6"/>
     <w:rsid w:val="00A50A0C"/>
     <w:rsid w:val="00A51E5F"/>
     <w:rsid w:val="00A60053"/>
-    <w:rsid w:val="00A627BF"/>
     <w:rsid w:val="00A67885"/>
     <w:rsid w:val="00A76F8E"/>
     <w:rsid w:val="00A85156"/>
+    <w:rsid w:val="00A875DC"/>
     <w:rsid w:val="00AA75FB"/>
     <w:rsid w:val="00AB52D4"/>
     <w:rsid w:val="00AB6068"/>
     <w:rsid w:val="00AB7EF4"/>
     <w:rsid w:val="00AC0C9C"/>
     <w:rsid w:val="00AD3B10"/>
     <w:rsid w:val="00AD5C04"/>
+    <w:rsid w:val="00AE30E4"/>
+    <w:rsid w:val="00AE41DF"/>
     <w:rsid w:val="00AE45F1"/>
     <w:rsid w:val="00AE4C1A"/>
     <w:rsid w:val="00AF34F2"/>
     <w:rsid w:val="00AF5F61"/>
     <w:rsid w:val="00B01A61"/>
     <w:rsid w:val="00B03D49"/>
     <w:rsid w:val="00B1238C"/>
     <w:rsid w:val="00B13440"/>
     <w:rsid w:val="00B144CD"/>
     <w:rsid w:val="00B155EC"/>
     <w:rsid w:val="00B17038"/>
     <w:rsid w:val="00B241F4"/>
     <w:rsid w:val="00B30D61"/>
-    <w:rsid w:val="00B32510"/>
+    <w:rsid w:val="00B50F84"/>
     <w:rsid w:val="00B573FC"/>
     <w:rsid w:val="00B74ECE"/>
     <w:rsid w:val="00B77350"/>
+    <w:rsid w:val="00B82218"/>
+    <w:rsid w:val="00B901EC"/>
     <w:rsid w:val="00BA33A1"/>
     <w:rsid w:val="00BB0C42"/>
     <w:rsid w:val="00BC5931"/>
     <w:rsid w:val="00BC7FF8"/>
+    <w:rsid w:val="00BF3D43"/>
+    <w:rsid w:val="00C011A8"/>
     <w:rsid w:val="00C0172E"/>
+    <w:rsid w:val="00C04C22"/>
+    <w:rsid w:val="00C064F4"/>
+    <w:rsid w:val="00C1082D"/>
     <w:rsid w:val="00C22778"/>
-    <w:rsid w:val="00C24229"/>
+    <w:rsid w:val="00C238A8"/>
     <w:rsid w:val="00C32990"/>
     <w:rsid w:val="00C37033"/>
+    <w:rsid w:val="00C37330"/>
     <w:rsid w:val="00C5463D"/>
     <w:rsid w:val="00C60833"/>
     <w:rsid w:val="00C6444A"/>
     <w:rsid w:val="00C66748"/>
     <w:rsid w:val="00C6739F"/>
     <w:rsid w:val="00CA1A66"/>
+    <w:rsid w:val="00CB2F4C"/>
     <w:rsid w:val="00CB45B7"/>
     <w:rsid w:val="00CB767B"/>
+    <w:rsid w:val="00CE0C0A"/>
     <w:rsid w:val="00CE7E3D"/>
     <w:rsid w:val="00CF0779"/>
+    <w:rsid w:val="00CF0CEE"/>
     <w:rsid w:val="00CF674F"/>
     <w:rsid w:val="00D179CA"/>
     <w:rsid w:val="00D32FAB"/>
     <w:rsid w:val="00D443F4"/>
     <w:rsid w:val="00D46FE0"/>
+    <w:rsid w:val="00D562A6"/>
     <w:rsid w:val="00D734CB"/>
     <w:rsid w:val="00D75DF2"/>
     <w:rsid w:val="00D82916"/>
     <w:rsid w:val="00D8382A"/>
+    <w:rsid w:val="00D8743D"/>
     <w:rsid w:val="00D93BC9"/>
+    <w:rsid w:val="00D977EB"/>
     <w:rsid w:val="00DA1986"/>
     <w:rsid w:val="00DA2D26"/>
+    <w:rsid w:val="00DA4A19"/>
     <w:rsid w:val="00DB1168"/>
     <w:rsid w:val="00DB2AF5"/>
     <w:rsid w:val="00DB2B31"/>
     <w:rsid w:val="00DB5389"/>
+    <w:rsid w:val="00DC4C96"/>
+    <w:rsid w:val="00DC5C1C"/>
     <w:rsid w:val="00DC679B"/>
-    <w:rsid w:val="00DD0361"/>
     <w:rsid w:val="00DD28FD"/>
     <w:rsid w:val="00DD2A0B"/>
     <w:rsid w:val="00DD2F42"/>
     <w:rsid w:val="00DE4292"/>
     <w:rsid w:val="00DE48B5"/>
     <w:rsid w:val="00DE6B7C"/>
     <w:rsid w:val="00DF3B3E"/>
     <w:rsid w:val="00E045B6"/>
     <w:rsid w:val="00E103A3"/>
     <w:rsid w:val="00E13410"/>
     <w:rsid w:val="00E13743"/>
     <w:rsid w:val="00E267A7"/>
+    <w:rsid w:val="00E2757F"/>
     <w:rsid w:val="00E3072A"/>
     <w:rsid w:val="00E31EA4"/>
     <w:rsid w:val="00E35932"/>
     <w:rsid w:val="00E40814"/>
+    <w:rsid w:val="00E5014C"/>
     <w:rsid w:val="00E61CAD"/>
     <w:rsid w:val="00E66324"/>
     <w:rsid w:val="00E66B88"/>
     <w:rsid w:val="00E80E85"/>
     <w:rsid w:val="00E8766F"/>
     <w:rsid w:val="00E90399"/>
-    <w:rsid w:val="00E93B7B"/>
+    <w:rsid w:val="00E92145"/>
+    <w:rsid w:val="00E92313"/>
+    <w:rsid w:val="00E932A6"/>
     <w:rsid w:val="00EA1C37"/>
+    <w:rsid w:val="00EC14FA"/>
     <w:rsid w:val="00EC26B5"/>
+    <w:rsid w:val="00EC27F8"/>
     <w:rsid w:val="00ED0258"/>
     <w:rsid w:val="00ED0305"/>
     <w:rsid w:val="00EE3AD5"/>
     <w:rsid w:val="00EE65C6"/>
     <w:rsid w:val="00EF4F39"/>
     <w:rsid w:val="00F01BD7"/>
     <w:rsid w:val="00F0479C"/>
+    <w:rsid w:val="00F05A84"/>
     <w:rsid w:val="00F0628A"/>
     <w:rsid w:val="00F10C0F"/>
+    <w:rsid w:val="00F17532"/>
     <w:rsid w:val="00F2179E"/>
     <w:rsid w:val="00F31E6F"/>
     <w:rsid w:val="00F37611"/>
     <w:rsid w:val="00F40179"/>
     <w:rsid w:val="00F41AC4"/>
     <w:rsid w:val="00F471A0"/>
     <w:rsid w:val="00F60278"/>
     <w:rsid w:val="00F63761"/>
     <w:rsid w:val="00F63ED7"/>
     <w:rsid w:val="00F65B71"/>
+    <w:rsid w:val="00F66A9F"/>
     <w:rsid w:val="00F7298C"/>
+    <w:rsid w:val="00F74E70"/>
+    <w:rsid w:val="00F7505B"/>
     <w:rsid w:val="00F764BD"/>
     <w:rsid w:val="00F76657"/>
     <w:rsid w:val="00F76862"/>
     <w:rsid w:val="00F84A75"/>
     <w:rsid w:val="00F86BCB"/>
     <w:rsid w:val="00F90D4D"/>
     <w:rsid w:val="00F97844"/>
     <w:rsid w:val="00FA446B"/>
+    <w:rsid w:val="00FA59E3"/>
+    <w:rsid w:val="00FA5B5E"/>
     <w:rsid w:val="00FC005D"/>
     <w:rsid w:val="00FC01E2"/>
     <w:rsid w:val="00FC0EF2"/>
     <w:rsid w:val="00FC40A1"/>
     <w:rsid w:val="00FD243F"/>
+    <w:rsid w:val="00FD2D42"/>
     <w:rsid w:val="00FD357A"/>
     <w:rsid w:val="00FD3984"/>
     <w:rsid w:val="00FD606A"/>
+    <w:rsid w:val="00FD776D"/>
     <w:rsid w:val="00FE7FD7"/>
     <w:rsid w:val="00FF41D5"/>
+    <w:rsid w:val="02B5BA14"/>
+    <w:rsid w:val="06497B78"/>
     <w:rsid w:val="0A5A08E6"/>
+    <w:rsid w:val="0B03B10C"/>
+    <w:rsid w:val="0D7431F8"/>
+    <w:rsid w:val="0E6DCD17"/>
+    <w:rsid w:val="105764D1"/>
+    <w:rsid w:val="11A77C6B"/>
+    <w:rsid w:val="12ECBDB6"/>
     <w:rsid w:val="135D90BE"/>
+    <w:rsid w:val="14A6C34B"/>
+    <w:rsid w:val="151B3181"/>
+    <w:rsid w:val="1978ECDB"/>
+    <w:rsid w:val="1F1C60CE"/>
+    <w:rsid w:val="2905FAA5"/>
+    <w:rsid w:val="2D5C8483"/>
     <w:rsid w:val="2E09D267"/>
+    <w:rsid w:val="2EE2B9A9"/>
+    <w:rsid w:val="31391B14"/>
+    <w:rsid w:val="3C9222E9"/>
+    <w:rsid w:val="3CF11D6C"/>
+    <w:rsid w:val="421A798C"/>
+    <w:rsid w:val="43CD67D5"/>
+    <w:rsid w:val="48A71FA6"/>
+    <w:rsid w:val="49248D43"/>
+    <w:rsid w:val="498BF65C"/>
+    <w:rsid w:val="4A024DFC"/>
+    <w:rsid w:val="555CE43D"/>
+    <w:rsid w:val="60EF30DE"/>
+    <w:rsid w:val="6290750A"/>
+    <w:rsid w:val="6AEB5956"/>
+    <w:rsid w:val="6C5573FD"/>
+    <w:rsid w:val="7B0DE84C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="41A8A74A"/>
+  <w14:docId w14:val="1BF9995B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{054C6363-C429-4A10-8D92-8F229A864A4A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -12643,51 +13411,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DF3B3E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/social-media-kit/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Content/You-Can-Help/My-Health-Care-Tracker.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/topics/media-communications-training-handling-media-like-a-pro/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Locator/Default.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/Qan79r6YY_w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Content/Medicare-Fraud-Prevention-Week/Print-Materials.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp.constantcontactpages.com/su/E75A2hW/MFPW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/print-materials/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/app" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/videos/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/social-media-kit/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/locator/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Content/Medicare-Fraud-Prevention-Week/Print-Materials.aspx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud/fraud-schemes/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onelink.to/smpmedicaretracker" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/SMPNationalResourceCenter" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=08lRvtemRGs&amp;t=7s" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp.constantcontactpages.com/su/E75A2hW/MFPW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:1-877-808-2468" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/print-materials/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/you-can-help/report-fraud/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onelink.to/smpmedicaretracker" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/videos/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/you-can-help/my-health-care-tracker/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/topics/media-communications-training-handling-media-like-a-pro/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -12962,70 +13730,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100793969650480094496BF20F24360705C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="177895ceba1e85a7a4029fe1fb31b145">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0103f796-9552-4033-b8f8-84d87517931f" xmlns:ns3="e06748d2-86d2-4c2e-bda4-f829a0cd106a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="165399077f20dfaa63e80e8fab5ebf76" ns2:_="" ns3:_="">
     <xsd:import namespace="0103f796-9552-4033-b8f8-84d87517931f"/>
     <xsd:import namespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -13188,115 +13945,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e06748d2-86d2-4c2e-bda4-f829a0cd106a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0103f796-9552-4033-b8f8-84d87517931f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCA17758-ADEE-4FCF-A8CC-842A813A77D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34C235CF-EFBB-4530-93A7-B866E49F1306}"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{276E18B9-04D9-47D2-A845-F5978FD03F5D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <ds:schemaRef ds:uri="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B841B8E-F11A-4FFD-9195-2173BE1ABFAB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12CCA08B-46D2-443D-8E25-66112C3E0228}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <ds:schemaRef ds:uri="0103f796-9552-4033-b8f8-84d87517931f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>28746</Characters>
+  <Pages>20</Pages>
+  <Words>5200</Words>
+  <Characters>27002</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>598</Lines>
-  <Paragraphs>281</Paragraphs>
+  <Lines>553</Lines>
+  <Paragraphs>233</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34014</CharactersWithSpaces>
+  <CharactersWithSpaces>32101</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maureen Patterson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100793969650480094496BF20F24360705C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>