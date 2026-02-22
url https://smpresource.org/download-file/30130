--- v0 (2025-10-04)
+++ v1 (2026-02-22)
@@ -10,299 +10,210 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="181383CA" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="008C1CA9" w:rsidRDefault="00B9563A" w:rsidP="00937667">
+    <w:p w14:paraId="0F38A53E" w14:textId="77777777" w:rsidR="00302406" w:rsidRPr="000408B0" w:rsidRDefault="00302406" w:rsidP="00302406">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Radio_Script_Templates"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008C1CA9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:bCs/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Plantillas de guion de radio</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="28626E39" w14:textId="77777777" w:rsidR="00667676" w:rsidRPr="00FC675F" w:rsidRDefault="00667676" w:rsidP="00667676">
+    <w:p w14:paraId="0B280136" w14:textId="77777777" w:rsidR="00302406" w:rsidRPr="00AE4C1A" w:rsidRDefault="00302406" w:rsidP="00302406">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>15 segundos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632B5A2B" w14:textId="48C48D73" w:rsidR="00667676" w:rsidRDefault="00667676" w:rsidP="00667676">
-      <w:pPr>
+    <w:p w14:paraId="18C32540" w14:textId="77777777" w:rsidR="00302406" w:rsidRPr="00284CC1" w:rsidRDefault="00302406" w:rsidP="00302406">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-      </w:pPr>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> de junio. Obtenga más información en </w:t>
+        <w:t xml:space="preserve">Descubra cómo puede protegerse y proteger a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores, o SMP, en la Semana de Prevención del Fraude contra Medicare, que se celebrará en la semana del 1.º de junio. Obtenga más información en </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00667676">
+        <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>smpresource.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00667676">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A4AE4B" w14:textId="77777777" w:rsidR="00667676" w:rsidRPr="00667676" w:rsidRDefault="00667676" w:rsidP="00667676">
-[...9 lines deleted...]
-    <w:p w14:paraId="112F1F2E" w14:textId="77777777" w:rsidR="00667676" w:rsidRPr="00FC675F" w:rsidRDefault="00667676" w:rsidP="00667676">
+    <w:p w14:paraId="1178B74F" w14:textId="77777777" w:rsidR="00302406" w:rsidRPr="00AE4C1A" w:rsidRDefault="00302406" w:rsidP="00302406">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>30 segundos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57CBEF57" w14:textId="25D6137D" w:rsidR="00667676" w:rsidRPr="00FC675F" w:rsidRDefault="00667676" w:rsidP="00667676">
-      <w:pPr>
+    <w:p w14:paraId="5F1D07DF" w14:textId="77777777" w:rsidR="00302406" w:rsidRPr="001F048F" w:rsidRDefault="00302406" w:rsidP="00302406">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="es-419"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La Semana de Prevención del Fraude contra Medicare se enfoca en las acciones que </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>todos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare. Descubra cómo puede protegerse y proteger a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores (SMP) en la Semana de Prevención del Fraude contra Medicare, que se llevará a cabo del </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> de junio. Obtenga más información en </w:t>
+        <w:t xml:space="preserve"> pueden tomar para prevenir el fraude, los errores y el abuso contra Medicare. Descubra cómo puede protegerse y proteger a sus seres queridos al unirse a la Patrulla de Medicare para Adultos Mayores, o SMP, en la Semana de Prevención del Fraude contra Medicare, que se celebrará en la semana del 1.º de junio. Obtenga más información en </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:bdr w:val="nil"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:t>smpresource.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> o llamando al 1-877-808-2468.</w:t>
       </w:r>
@@ -310,61 +221,61 @@
     <w:p w14:paraId="4FF18C3B" w14:textId="77777777" w:rsidR="00937667" w:rsidRPr="00FC675F" w:rsidRDefault="00937667" w:rsidP="00937667">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00937667" w:rsidRPr="00FC675F">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15E11AF8" w14:textId="77777777" w:rsidR="000F28D5" w:rsidRDefault="000F28D5">
+    <w:p w14:paraId="739C0AC7" w14:textId="77777777" w:rsidR="0029462C" w:rsidRDefault="0029462C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2930CC5D" w14:textId="77777777" w:rsidR="000F28D5" w:rsidRDefault="000F28D5">
+    <w:p w14:paraId="43782131" w14:textId="77777777" w:rsidR="0029462C" w:rsidRDefault="0029462C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -396,59 +307,65 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="League Spartan">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000083" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
-    <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-4672368"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
@@ -470,61 +387,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="383811D2" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRDefault="003C09EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30A194EF" w14:textId="77777777" w:rsidR="000F28D5" w:rsidRDefault="000F28D5">
+    <w:p w14:paraId="3CCDAE64" w14:textId="77777777" w:rsidR="0029462C" w:rsidRDefault="0029462C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18C151FC" w14:textId="77777777" w:rsidR="000F28D5" w:rsidRDefault="000F28D5">
+    <w:p w14:paraId="7F7A38B2" w14:textId="77777777" w:rsidR="0029462C" w:rsidRDefault="0029462C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2741F9B4" w14:textId="77777777" w:rsidR="00667676" w:rsidRPr="00A43A8C" w:rsidRDefault="00667676" w:rsidP="00667676">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:hAnsi="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
         <w:sz w:val="42"/>
         <w:szCs w:val="42"/>
@@ -3443,51 +3360,51 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1675302832">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="359211047">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1380477098">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1374960956">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2053462380">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1207764457">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00822EFA"/>
     <w:rsid w:val="0000696E"/>
     <w:rsid w:val="00023FEF"/>
     <w:rsid w:val="00047212"/>
     <w:rsid w:val="00051394"/>
@@ -3500,150 +3417,154 @@
     <w:rsid w:val="001076C7"/>
     <w:rsid w:val="00111655"/>
     <w:rsid w:val="00113B51"/>
     <w:rsid w:val="00115F41"/>
     <w:rsid w:val="0012129C"/>
     <w:rsid w:val="0013040A"/>
     <w:rsid w:val="00140B9E"/>
     <w:rsid w:val="001564DC"/>
     <w:rsid w:val="0015787F"/>
     <w:rsid w:val="0017101C"/>
     <w:rsid w:val="00177527"/>
     <w:rsid w:val="00181ACF"/>
     <w:rsid w:val="00185631"/>
     <w:rsid w:val="001B636F"/>
     <w:rsid w:val="001C14CF"/>
     <w:rsid w:val="00252121"/>
     <w:rsid w:val="00253FB2"/>
     <w:rsid w:val="002550FE"/>
     <w:rsid w:val="0025578A"/>
     <w:rsid w:val="00264730"/>
     <w:rsid w:val="00265094"/>
     <w:rsid w:val="0027135D"/>
     <w:rsid w:val="002815FA"/>
     <w:rsid w:val="00287CFB"/>
     <w:rsid w:val="00293D3D"/>
+    <w:rsid w:val="0029462C"/>
     <w:rsid w:val="002B49C8"/>
     <w:rsid w:val="002C03AD"/>
     <w:rsid w:val="002D12F7"/>
     <w:rsid w:val="002E3E33"/>
     <w:rsid w:val="002F0C5C"/>
     <w:rsid w:val="002F4C39"/>
     <w:rsid w:val="002F61AC"/>
     <w:rsid w:val="002F72B3"/>
     <w:rsid w:val="00301D41"/>
+    <w:rsid w:val="00302406"/>
     <w:rsid w:val="00316425"/>
     <w:rsid w:val="003177E0"/>
     <w:rsid w:val="003262D8"/>
     <w:rsid w:val="00332596"/>
     <w:rsid w:val="00345471"/>
     <w:rsid w:val="00345B38"/>
     <w:rsid w:val="00360089"/>
     <w:rsid w:val="003616D1"/>
     <w:rsid w:val="0036617D"/>
     <w:rsid w:val="00372770"/>
     <w:rsid w:val="0039092B"/>
     <w:rsid w:val="0039227C"/>
     <w:rsid w:val="003A09FA"/>
     <w:rsid w:val="003A14D7"/>
     <w:rsid w:val="003B6C1B"/>
     <w:rsid w:val="003C034A"/>
     <w:rsid w:val="003C09EF"/>
     <w:rsid w:val="003D410D"/>
     <w:rsid w:val="003D754C"/>
     <w:rsid w:val="003F23EC"/>
     <w:rsid w:val="003F5846"/>
     <w:rsid w:val="00422C4B"/>
     <w:rsid w:val="00422CB9"/>
     <w:rsid w:val="004421AD"/>
     <w:rsid w:val="00455A92"/>
     <w:rsid w:val="004566B9"/>
     <w:rsid w:val="0049290A"/>
     <w:rsid w:val="004952AB"/>
     <w:rsid w:val="00495B3E"/>
     <w:rsid w:val="004A097F"/>
     <w:rsid w:val="004A1622"/>
     <w:rsid w:val="004E7898"/>
     <w:rsid w:val="004F0D15"/>
     <w:rsid w:val="004F3BC8"/>
     <w:rsid w:val="004F3DD5"/>
     <w:rsid w:val="00500391"/>
     <w:rsid w:val="005107FD"/>
     <w:rsid w:val="005213C3"/>
     <w:rsid w:val="005238EF"/>
     <w:rsid w:val="00526843"/>
     <w:rsid w:val="00530172"/>
     <w:rsid w:val="0053402B"/>
     <w:rsid w:val="00542205"/>
     <w:rsid w:val="00546899"/>
     <w:rsid w:val="005643FE"/>
+    <w:rsid w:val="00567803"/>
     <w:rsid w:val="005B7456"/>
     <w:rsid w:val="005B7848"/>
     <w:rsid w:val="005C5AFE"/>
     <w:rsid w:val="005D2021"/>
     <w:rsid w:val="0060302D"/>
     <w:rsid w:val="00603E41"/>
     <w:rsid w:val="006215BC"/>
     <w:rsid w:val="00622AFD"/>
     <w:rsid w:val="0063065F"/>
     <w:rsid w:val="0063158D"/>
     <w:rsid w:val="0063253C"/>
     <w:rsid w:val="00635310"/>
     <w:rsid w:val="00651E76"/>
     <w:rsid w:val="00661EF9"/>
     <w:rsid w:val="00664D46"/>
     <w:rsid w:val="00667676"/>
     <w:rsid w:val="006701C2"/>
     <w:rsid w:val="00673855"/>
     <w:rsid w:val="00680B71"/>
     <w:rsid w:val="006813DC"/>
     <w:rsid w:val="00696CB7"/>
     <w:rsid w:val="006A6E59"/>
     <w:rsid w:val="006B678A"/>
     <w:rsid w:val="006C0F51"/>
     <w:rsid w:val="006C2A92"/>
     <w:rsid w:val="006E67A1"/>
     <w:rsid w:val="006F18DA"/>
     <w:rsid w:val="00705400"/>
     <w:rsid w:val="00717351"/>
     <w:rsid w:val="00726270"/>
     <w:rsid w:val="0072641B"/>
     <w:rsid w:val="00727414"/>
     <w:rsid w:val="007434A8"/>
     <w:rsid w:val="00753E85"/>
     <w:rsid w:val="00756CFB"/>
     <w:rsid w:val="00757DB9"/>
     <w:rsid w:val="007606D3"/>
     <w:rsid w:val="00762828"/>
     <w:rsid w:val="007861DC"/>
     <w:rsid w:val="007B4A36"/>
     <w:rsid w:val="007D1099"/>
     <w:rsid w:val="007D15A7"/>
     <w:rsid w:val="007E360F"/>
     <w:rsid w:val="007E49A9"/>
     <w:rsid w:val="007F1B64"/>
     <w:rsid w:val="007F58E7"/>
+    <w:rsid w:val="008137AF"/>
     <w:rsid w:val="00822EFA"/>
     <w:rsid w:val="00822F51"/>
     <w:rsid w:val="008264C9"/>
     <w:rsid w:val="00835EC7"/>
     <w:rsid w:val="00840201"/>
     <w:rsid w:val="00891E4D"/>
     <w:rsid w:val="008926FB"/>
     <w:rsid w:val="008942FF"/>
     <w:rsid w:val="00896016"/>
     <w:rsid w:val="008977E5"/>
     <w:rsid w:val="008A6603"/>
     <w:rsid w:val="008B284A"/>
     <w:rsid w:val="008C1B27"/>
     <w:rsid w:val="008C1CA9"/>
     <w:rsid w:val="008D59AB"/>
     <w:rsid w:val="008F1AEE"/>
     <w:rsid w:val="0090246C"/>
     <w:rsid w:val="00910EA9"/>
     <w:rsid w:val="00913F63"/>
     <w:rsid w:val="00930BD6"/>
     <w:rsid w:val="00937667"/>
     <w:rsid w:val="00946DA5"/>
     <w:rsid w:val="009504AE"/>
     <w:rsid w:val="00971E8B"/>
     <w:rsid w:val="00977833"/>
@@ -3673,112 +3594,115 @@
     <w:rsid w:val="00AB7EF4"/>
     <w:rsid w:val="00AD3B10"/>
     <w:rsid w:val="00AD7207"/>
     <w:rsid w:val="00AE45F1"/>
     <w:rsid w:val="00AE4C1A"/>
     <w:rsid w:val="00AF34F2"/>
     <w:rsid w:val="00AF5F61"/>
     <w:rsid w:val="00B01A61"/>
     <w:rsid w:val="00B03D49"/>
     <w:rsid w:val="00B1238C"/>
     <w:rsid w:val="00B13440"/>
     <w:rsid w:val="00B155EC"/>
     <w:rsid w:val="00B17038"/>
     <w:rsid w:val="00B241F4"/>
     <w:rsid w:val="00B30D61"/>
     <w:rsid w:val="00B573FC"/>
     <w:rsid w:val="00B77350"/>
     <w:rsid w:val="00B9563A"/>
     <w:rsid w:val="00BA33A1"/>
     <w:rsid w:val="00BB0C42"/>
     <w:rsid w:val="00BC5931"/>
     <w:rsid w:val="00BC7FF8"/>
     <w:rsid w:val="00BD788D"/>
     <w:rsid w:val="00C0172E"/>
     <w:rsid w:val="00C22778"/>
+    <w:rsid w:val="00C24229"/>
     <w:rsid w:val="00C37033"/>
     <w:rsid w:val="00C6444A"/>
     <w:rsid w:val="00C66748"/>
     <w:rsid w:val="00C93146"/>
     <w:rsid w:val="00CA1A66"/>
     <w:rsid w:val="00CC5685"/>
     <w:rsid w:val="00CE16D9"/>
     <w:rsid w:val="00CE7E3D"/>
     <w:rsid w:val="00CF0779"/>
     <w:rsid w:val="00CF674F"/>
     <w:rsid w:val="00D179CA"/>
     <w:rsid w:val="00D32FAB"/>
     <w:rsid w:val="00D46FE0"/>
     <w:rsid w:val="00D734CB"/>
     <w:rsid w:val="00D75DF2"/>
     <w:rsid w:val="00D8382A"/>
     <w:rsid w:val="00D93BC9"/>
     <w:rsid w:val="00DA1986"/>
+    <w:rsid w:val="00DA4FDE"/>
     <w:rsid w:val="00DB2AF5"/>
     <w:rsid w:val="00DB2B31"/>
     <w:rsid w:val="00DD2F42"/>
     <w:rsid w:val="00DE4292"/>
     <w:rsid w:val="00DE48B5"/>
     <w:rsid w:val="00DE6B7C"/>
     <w:rsid w:val="00DF3B3E"/>
     <w:rsid w:val="00E045B6"/>
     <w:rsid w:val="00E103A3"/>
     <w:rsid w:val="00E13410"/>
     <w:rsid w:val="00E13743"/>
     <w:rsid w:val="00E267A7"/>
     <w:rsid w:val="00E3072A"/>
     <w:rsid w:val="00E31EA4"/>
     <w:rsid w:val="00E35932"/>
     <w:rsid w:val="00E40814"/>
     <w:rsid w:val="00E61CAD"/>
     <w:rsid w:val="00E66324"/>
     <w:rsid w:val="00E66B88"/>
     <w:rsid w:val="00E80E85"/>
     <w:rsid w:val="00E8766F"/>
     <w:rsid w:val="00E90399"/>
     <w:rsid w:val="00EA1C37"/>
     <w:rsid w:val="00EC26B5"/>
     <w:rsid w:val="00ED0258"/>
     <w:rsid w:val="00ED0305"/>
     <w:rsid w:val="00ED1B43"/>
     <w:rsid w:val="00EE65C6"/>
     <w:rsid w:val="00EF4F39"/>
     <w:rsid w:val="00F01BD7"/>
     <w:rsid w:val="00F0628A"/>
     <w:rsid w:val="00F2179E"/>
     <w:rsid w:val="00F31E6F"/>
     <w:rsid w:val="00F37611"/>
     <w:rsid w:val="00F40179"/>
     <w:rsid w:val="00F471A0"/>
     <w:rsid w:val="00F63ED7"/>
     <w:rsid w:val="00F7298C"/>
     <w:rsid w:val="00F764BD"/>
     <w:rsid w:val="00F76862"/>
     <w:rsid w:val="00F86BCB"/>
     <w:rsid w:val="00F90D4D"/>
     <w:rsid w:val="00F97844"/>
     <w:rsid w:val="00FA446B"/>
+    <w:rsid w:val="00FA59E3"/>
     <w:rsid w:val="00FC005D"/>
     <w:rsid w:val="00FC01E2"/>
     <w:rsid w:val="00FC0EF2"/>
     <w:rsid w:val="00FC40A1"/>
     <w:rsid w:val="00FC675F"/>
     <w:rsid w:val="00FD243F"/>
     <w:rsid w:val="00FD357A"/>
     <w:rsid w:val="00FD3984"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -4605,50 +4529,80 @@
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00696CB7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DF3B3E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DA4FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DA4FDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -4935,171 +4889,159 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010028BBD810483B1C4E80F6E025DEB996B2" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c88eb0476aefeb1d8f67e2d479cc749">
-[...2 lines deleted...]
-    <xsd:import namespace="8a2e39f0-6e9d-42a8-b847-5165b86ea02f"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100793969650480094496BF20F24360705C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="177895ceba1e85a7a4029fe1fb31b145">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0103f796-9552-4033-b8f8-84d87517931f" xmlns:ns3="e06748d2-86d2-4c2e-bda4-f829a0cd106a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="165399077f20dfaa63e80e8fab5ebf76" ns2:_="" ns3:_="">
+    <xsd:import namespace="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <xsd:import namespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="da48df43-7a2f-483c-a304-e631da4270e1" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0103f796-9552-4033-b8f8-84d87517931f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="11" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cb061aeb-2629-450a-b3f0-027c5a847652" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
-[...21 lines deleted...]
-    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8a2e39f0-6e9d-42a8-b847-5165b86ea02f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{086b687f-63e4-4d07-9dba-7b3622b3de80}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e06748d2-86d2-4c2e-bda4-f829a0cd106a">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
-[...7 lines deleted...]
-              </xsd:element>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...5 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -5157,141 +5099,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <TaxCatchAll xmlns="e06748d2-86d2-4c2e-bda4-f829a0cd106a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0103f796-9552-4033-b8f8-84d87517931f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B841B8E-F11A-4FFD-9195-2173BE1ABFAB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{409EB15C-1827-4CEC-B9B0-6505277F321A}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D99E912-A92A-449F-91FF-CDAAEE77AFCD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="da48df43-7a2f-483c-a304-e631da4270e1"/>
-    <ds:schemaRef ds:uri="8a2e39f0-6e9d-42a8-b847-5165b86ea02f"/>
+    <ds:schemaRef ds:uri="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <ds:schemaRef ds:uri="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3787CD9-94E6-435A-BB34-DE38A5BAC343}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CC2256A-750D-4FE5-ADFE-5DFD3EF4800F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <ds:schemaRef ds:uri="0103f796-9552-4033-b8f8-84d87517931f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>128</Words>
-  <Characters>736</Characters>
+  <Words>142</Words>
+  <Characters>741</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>863</CharactersWithSpaces>
+  <CharactersWithSpaces>876</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maureen Patterson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010028BBD810483B1C4E80F6E025DEB996B2</vt:lpwstr>
+    <vt:lpwstr>0x010100793969650480094496BF20F24360705C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>