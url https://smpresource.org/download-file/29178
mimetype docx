--- v0 (2025-10-04)
+++ v1 (2026-02-22)
@@ -1,80 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="01781292" w14:textId="25D36472" w:rsidR="00BF08BC" w:rsidRDefault="008D1764" w:rsidP="008D1764">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39C13CF6" wp14:editId="5B13BB9A">
             <wp:extent cx="2346960" cy="1101266"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2375633" cy="1114720"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="12D2B11C" w14:textId="77777777" w:rsidR="00773B38" w:rsidRDefault="00773B38" w:rsidP="00773B38">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -83,66 +87,66 @@
     </w:p>
     <w:p w14:paraId="1A2547BE" w14:textId="77777777" w:rsidR="00100446" w:rsidRPr="00F31E6F" w:rsidRDefault="00100446" w:rsidP="00100446">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FOR IMMEDIATE RELEASE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="233DFB06" w14:textId="77777777" w:rsidR="00100446" w:rsidRPr="00F31E6F" w:rsidRDefault="00100446" w:rsidP="00100446">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BD3D519" w14:textId="77777777" w:rsidR="00100446" w:rsidRPr="00F31E6F" w:rsidRDefault="00100446" w:rsidP="00100446">
+    <w:p w14:paraId="7FC1022E" w14:textId="77777777" w:rsidR="005730F7" w:rsidRPr="00F31E6F" w:rsidRDefault="005730F7" w:rsidP="005730F7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contact Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A2D13D" w14:textId="77777777" w:rsidR="00100446" w:rsidRPr="00F31E6F" w:rsidRDefault="00100446" w:rsidP="00100446">
+    <w:p w14:paraId="2A7D98CF" w14:textId="77777777" w:rsidR="005730F7" w:rsidRPr="00F31E6F" w:rsidRDefault="005730F7" w:rsidP="005730F7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[INSERT ORGANIZATION NAME. INCLUDE SENIOR MEDICARE PATROL.]</w:t>
       </w:r>
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
         <w:t>[INSERT CONTACT NAME]</w:t>
       </w:r>
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
@@ -172,568 +176,476 @@
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">[INSERT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>WEB</w:t>
       </w:r>
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> ADDRESS]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0941CAA2" w14:textId="77777777" w:rsidR="00100446" w:rsidRPr="00526843" w:rsidRDefault="00100446" w:rsidP="00100446">
+    <w:p w14:paraId="2F5C0342" w14:textId="77777777" w:rsidR="005730F7" w:rsidRPr="00526843" w:rsidRDefault="005730F7" w:rsidP="005730F7">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Medicare Fraud Prevention Week Teaches Everyone How to Prevent Fraud</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C07688B" w14:textId="77777777" w:rsidR="00100446" w:rsidRDefault="00100446" w:rsidP="00100446">
+    <w:p w14:paraId="77F5CE72" w14:textId="77777777" w:rsidR="005730F7" w:rsidRDefault="005730F7" w:rsidP="005730F7">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C6444A">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>(City</w:t>
-      </w:r>
+        <w:t>(City, State</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) – Fraud costs Medicare an estimated $60 billion per year. It costs Medicare beneficiaries in time, stress, their medical identities, and potentially their health. It costs families, friends, and caregivers in worry and lost work when helping their loved ones recover from Medicare fraud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFDD298" w14:textId="77777777" w:rsidR="005730F7" w:rsidRDefault="005730F7" w:rsidP="005730F7">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Medicare fraud has a devastating impact on both beneficiaries and the Medicare program,” said </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31E6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C6444A">
+        <w:t>[INSERT SMP CONTACT NAME AND TITLE HERE. Be sure to also include “Senior Medicare Patrol (SMP)”]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070195F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “We teach people how to avoid experiencing Medicare fraud. By preventing fraud from happening, this program helps individuals and protects the Medicare program for generations to come.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4384C957" w14:textId="77777777" w:rsidR="005730F7" w:rsidRDefault="005730F7" w:rsidP="005730F7">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Learn how to protect yourself and your loved ones by joining the Senior Medicare Patrol (SMP) and their partners for Medicare Fraud Prevention Week, which runs through the week of June 5, or 6/5, because most people become eligible for Medicare when they turn 65.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582CEA51" w14:textId="77777777" w:rsidR="005730F7" w:rsidRDefault="005730F7" w:rsidP="005730F7">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“We’re excited to teach people both about how to protect themselves from Medicare fraud and about the services that the Senior Medicare Patrol program offers. We hope that people will remember the numbers ‘6-5’ to help us celebrate Medicare Fraud Prevention Week,” said </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>State</w:t>
+        <w:t xml:space="preserve">[INSERT CONTACT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>) – Fraud costs Medicare an estimated $60 billion per year. It costs Medicare beneficiaries in time, stress, their medical identities, and potentially their health. It costs families, friends, and caregivers in worry and lost work when helping their loved ones recover from falling victim to Medicare fraud.</w:t>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31E6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31E6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03425F1D" w14:textId="77777777" w:rsidR="00100446" w:rsidRDefault="00100446" w:rsidP="00100446">
+    <w:p w14:paraId="4E260BDA" w14:textId="77777777" w:rsidR="005730F7" w:rsidRDefault="005730F7" w:rsidP="005730F7">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Medicare fraud has a devastating impact on both beneficiaries and the Medicare program,” said </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> “We teach people how to avoid experiencing Medicare fraud. By preventing fraud from happening, this program helps individuals and protects the Medicare program for generations to come.”</w:t>
+        <w:t>Everyone plays a part in the fight against fraud. During Medicare Fraud Prevention Week:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24477B02" w14:textId="765B2F5E" w:rsidR="00100446" w:rsidRDefault="00100446" w:rsidP="00100446">
-[...99 lines deleted...]
-    <w:p w14:paraId="09A130D2" w14:textId="77777777" w:rsidR="00100446" w:rsidRPr="009D4216" w:rsidRDefault="00100446" w:rsidP="00100446">
+    <w:p w14:paraId="24A18FA6" w14:textId="77777777" w:rsidR="005730F7" w:rsidRPr="009D4216" w:rsidRDefault="005730F7" w:rsidP="005730F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC05DA">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Medicare beneficiaries</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D4216">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> can monitor their insurance statements to make sure products and services received match what is on the statements. They can request free My Health Care Trackers from their local SMP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07DAA210" w14:textId="77777777" w:rsidR="00100446" w:rsidRPr="009D4216" w:rsidRDefault="00100446" w:rsidP="00100446">
+    <w:p w14:paraId="6510AAE5" w14:textId="34F521D3" w:rsidR="005730F7" w:rsidRPr="009D4216" w:rsidRDefault="005730F7" w:rsidP="005730F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC05DA">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Caregivers</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> can help by being on the lookout for items such as durable medical equipment (like boxes of knee braces) lying around the house that may have been shipped to the beneficiary without their or their doctor’s approval. They can remind their client or loved one to never give out their Medicare number or other personal information over the phone.</w:t>
+        <w:t xml:space="preserve">Families and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A56761">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aregivers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can help by being on the lookout for items such as durable medical equipment (like boxes of knee braces) lying around the house that may have been shipped to the beneficiary without their or their doctor’s approval. They can remind their client or loved one to protect their Medicare number just as they would a credit card number. They can help their loved ones create a Medicare.gov account to access their Medicare statements online or remind them to open and review them when they come in the mail. They can also register their phone number on “do not call” lists and go to optoutprescreen.com to opt out of mailings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6987F502" w14:textId="77777777" w:rsidR="00100446" w:rsidRPr="009D4216" w:rsidRDefault="00100446" w:rsidP="00100446">
+    <w:p w14:paraId="4B78F9FE" w14:textId="77777777" w:rsidR="005730F7" w:rsidRPr="009D4216" w:rsidRDefault="005730F7" w:rsidP="005730F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC05DA">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Families</w:t>
-[...48 lines deleted...]
-        <w:t>prescreen.com to opt out of mailings.</w:t>
+        <w:t xml:space="preserve">Partners </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can help by sharing SMP information on social media, referring clients and consumers to the SMP, and inviting the SMP to speak during a shared event. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FCF4C95" w14:textId="77777777" w:rsidR="00100446" w:rsidRPr="009D4216" w:rsidRDefault="00100446" w:rsidP="00100446">
+    <w:p w14:paraId="7B1B6734" w14:textId="77777777" w:rsidR="005730F7" w:rsidRPr="009D4216" w:rsidRDefault="005730F7" w:rsidP="005730F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC05DA">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Partners and professionals</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> can help by sharing SMP information on social media, referring clients and consumers to the SMP, and inviting the SMP to speak during a shared event. </w:t>
+        <w:t>Health care professionals</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can help by talking to patients about health care-related scams such as those related to durable medical equipment and genetic testing schemes. They can remind them that products and services should only be ordered by physicians they regularly see. Needed medical items should never be ordered through TV ads or unsolicited calls.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB9B775" w14:textId="77777777" w:rsidR="00100446" w:rsidRPr="009D4216" w:rsidRDefault="00100446" w:rsidP="00100446">
+    <w:p w14:paraId="65531F3D" w14:textId="77777777" w:rsidR="005730F7" w:rsidRPr="009D4216" w:rsidRDefault="005730F7" w:rsidP="005730F7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC05DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Health care providers</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00BC05DA">
+        <w:t>Communit</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Communit</w:t>
+        <w:t>y members</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D4216">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can help by looking out for older neighbors. When in public, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>y members</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they can </w:t>
       </w:r>
       <w:r w:rsidRPr="009D4216">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> can help by looking out for older neighbors. When in public, </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>be aware of older individuals purchasing gift cards in large amounts. They can encourage those they know to talk to a trusted source about their Medicare questions and tell neighbors about the most recent Medicare scams. They can even consider volunteering with the local SMP!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5117E948" w14:textId="50F39976" w:rsidR="002B16F9" w:rsidRPr="00100446" w:rsidRDefault="00100446" w:rsidP="00100446">
-[...1 lines deleted...]
-        <w:spacing w:before="240" w:after="240"/>
+    <w:p w14:paraId="5117E948" w14:textId="40E24FFC" w:rsidR="002B16F9" w:rsidRPr="00100446" w:rsidRDefault="005730F7" w:rsidP="005730F7">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A23A6C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Senior Medicare Patrol (SMP) is ready to provide you with the information you need to PROTECT yourself from Medicare fraud, errors, and abuse; DETECT potential fraud, errors, and abuse; and REPORT your concerns. SMPs help educate and empower Medicare beneficiaries in the fight against health care fraud. Your SMP can help you with your questions, concerns, or complaints about potential fraud and abuse issues. It also provides information and educational presentations. </w:t>
+        <w:t>The Senior Medicare Patrol (SMP) is ready to provide you with the information you need to PROTECT yourself from Medicare fraud, errors, and abuse; DETECT potential fraud, errors, and abuse; and REPORT your concerns. SMPs help educate and empower Medicare beneficiaries in the fight against health care fraud. Your SMP can help you with your questions, concerns, or complaints about potential fraud and abuse issues. It also provides information and educational presentations.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002B16F9" w:rsidRPr="00100446">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E17520A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AF8E16E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -810,112 +722,114 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="103575557">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00773B38"/>
     <w:rsid w:val="00100446"/>
     <w:rsid w:val="00181D03"/>
     <w:rsid w:val="00273264"/>
     <w:rsid w:val="002B16F9"/>
     <w:rsid w:val="004D5C57"/>
     <w:rsid w:val="00560229"/>
+    <w:rsid w:val="005730F7"/>
     <w:rsid w:val="007452B4"/>
     <w:rsid w:val="00773B38"/>
     <w:rsid w:val="007C0DEE"/>
     <w:rsid w:val="008D1764"/>
     <w:rsid w:val="00906B33"/>
+    <w:rsid w:val="00A56761"/>
     <w:rsid w:val="00B345C8"/>
     <w:rsid w:val="00BF08BC"/>
     <w:rsid w:val="00C959E9"/>
     <w:rsid w:val="00F708D5"/>
+    <w:rsid w:val="00FA59E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="223008FF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EABCB1B7-371C-4E75-A502-BD3C4189C53B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1424,58 +1338,58 @@
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00560229"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00906B33"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1729,59 +1643,347 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e06748d2-86d2-4c2e-bda4-f829a0cd106a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0103f796-9552-4033-b8f8-84d87517931f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100793969650480094496BF20F24360705C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="177895ceba1e85a7a4029fe1fb31b145">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0103f796-9552-4033-b8f8-84d87517931f" xmlns:ns3="e06748d2-86d2-4c2e-bda4-f829a0cd106a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="165399077f20dfaa63e80e8fab5ebf76" ns2:_="" ns3:_="">
+    <xsd:import namespace="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <xsd:import namespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0103f796-9552-4033-b8f8-84d87517931f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cb061aeb-2629-450a-b3f0-027c5a847652" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{086b687f-63e4-4d07-9dba-7b3622b3de80}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e06748d2-86d2-4c2e-bda4-f829a0cd106a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AE08ED4-8FD9-491D-961C-EF3A3C6E6D46}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <ds:schemaRef ds:uri="0103f796-9552-4033-b8f8-84d87517931f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{235C1A92-E9F5-4D22-974A-947A7EA7F816}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B329C14-937D-4EF0-B968-2C3EB7EF154C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <ds:schemaRef ds:uri="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>590</Words>
-  <Characters>3364</Characters>
+  <Words>612</Words>
+  <Characters>3189</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3947</CharactersWithSpaces>
+  <CharactersWithSpaces>3761</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Abby Batterson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100793969650480094496BF20F24360705C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>