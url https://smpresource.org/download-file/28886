--- v0 (2025-10-04)
+++ v1 (2026-02-22)
@@ -1,49 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="01781292" w14:textId="03DA902F" w:rsidR="00BF08BC" w:rsidRDefault="00151782" w:rsidP="00151782">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72DA1E48" wp14:editId="34C8ADBD">
             <wp:extent cx="2346960" cy="1101266"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="1" name="Picture 1" descr="A picture containing text, clipart&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -144,384 +148,368 @@
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">[INSERT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>WEB</w:t>
       </w:r>
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> ADDRESS]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F4736C" w14:textId="77777777" w:rsidR="00F90A27" w:rsidRPr="00C6444A" w:rsidRDefault="00F90A27" w:rsidP="00F90A27">
+    <w:p w14:paraId="02F675AE" w14:textId="77777777" w:rsidR="00F7551D" w:rsidRPr="00C6444A" w:rsidRDefault="00F7551D" w:rsidP="00F7551D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C6444A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For Immediate Release:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04FCF6E4" w14:textId="77777777" w:rsidR="00F90A27" w:rsidRPr="00F31E6F" w:rsidRDefault="00F90A27" w:rsidP="00F90A27">
+    <w:p w14:paraId="440D49EF" w14:textId="77777777" w:rsidR="00F7551D" w:rsidRPr="00F31E6F" w:rsidRDefault="00F7551D" w:rsidP="00F7551D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C6444A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00C6444A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ate)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77983795" w14:textId="75A59349" w:rsidR="00F90A27" w:rsidRPr="00526843" w:rsidRDefault="00F90A27" w:rsidP="00F90A27">
+    <w:p w14:paraId="4CDA38BB" w14:textId="77777777" w:rsidR="00F7551D" w:rsidRPr="00526843" w:rsidRDefault="00F7551D" w:rsidP="00F7551D">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Medicare Fraud Prevention Week Runs 6/1 to 6/5</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C6444A">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Everyone Can Prevent Medicare Fraud</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25993628" w14:textId="77777777" w:rsidR="00F90A27" w:rsidRDefault="00F90A27" w:rsidP="00F90A27">
+    <w:p w14:paraId="6ABF45C8" w14:textId="77777777" w:rsidR="00F7551D" w:rsidRDefault="00F7551D" w:rsidP="00F7551D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C6444A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(City</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C6444A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>State</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>) – Fraud costs Medicare an estimated $60 billion per year. It costs Medicare beneficiaries in time, stress, their medical identities, and even their health. It costs families, friends, and caregivers in worry and lost work when helping their loved ones recover from falling victim to Medicare fraud.</w:t>
+        <w:t xml:space="preserve">) – Fraud costs Medicare an estimated $60 billion per year. It costs Medicare beneficiaries in time, stress, their medical identities, and even their health. It costs families, friends, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>caregivers in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> worry and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lost</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work when helping their loved ones recover from falling victim to Medicare fraud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01BF6D15" w14:textId="77777777" w:rsidR="00F90A27" w:rsidRDefault="00F90A27" w:rsidP="00F90A27">
+    <w:p w14:paraId="46E5006B" w14:textId="77777777" w:rsidR="00F7551D" w:rsidRDefault="00F7551D" w:rsidP="00F7551D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“Medicare fraud has a devastating impact on both beneficiaries and the Medicare program,” said </w:t>
       </w:r>
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[INSERT SMP CONTACT NAME AND TITLE HERE. Be sure to also include “Senior Medicare Patrol (SMP)”]</w:t>
       </w:r>
       <w:r w:rsidRPr="0070195F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27C87C39" w14:textId="77777777" w:rsidR="00F90A27" w:rsidRDefault="00F90A27" w:rsidP="00F90A27">
+    <w:p w14:paraId="5A4DDEE3" w14:textId="77777777" w:rsidR="00F7551D" w:rsidRDefault="00F7551D" w:rsidP="00F7551D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“We teach people how to avoid experiencing Medicare fraud. By preventing fraud from happening, this program helps individuals and protects the Medicare program for generations to come.” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51525606" w14:textId="67CFB0E0" w:rsidR="00F90A27" w:rsidRDefault="00F90A27" w:rsidP="00F90A27">
+    <w:p w14:paraId="786C9862" w14:textId="77777777" w:rsidR="00F7551D" w:rsidRDefault="00F7551D" w:rsidP="00F7551D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> Learn more about Medicare Fraud Prevention Week at www.smpresource.org.</w:t>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Learn how to protect yourself and your loved ones by joining the Senior Medicare Patrol (SMP) and their partners for Medicare Fraud Prevention Week, which runs through the week of June 5, or 6/5, because most people become eligible for Medicare when they turn 65. Learn more about Medicare Fraud Prevention Week at www.smpresource.org.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EBB0150" w14:textId="77777777" w:rsidR="00F90A27" w:rsidRDefault="00F90A27" w:rsidP="00F90A27">
+    <w:p w14:paraId="791ED358" w14:textId="77777777" w:rsidR="00F7551D" w:rsidRDefault="00F7551D" w:rsidP="00F7551D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>###</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5117E948" w14:textId="65F98CF3" w:rsidR="002B16F9" w:rsidRPr="004E518C" w:rsidRDefault="00F90A27" w:rsidP="00F90A27">
+    <w:p w14:paraId="5117E948" w14:textId="56FE5C45" w:rsidR="002B16F9" w:rsidRPr="004E518C" w:rsidRDefault="00F7551D" w:rsidP="00F7551D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A23A6C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SMPs help educate and empower Medicare beneficiaries in the fight against health care fraud. Your SMP can help you with your questions, concerns, or complaints about potential fraud and abuse issues. It also provides information and educational presentations. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002B16F9" w:rsidRPr="004E518C">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E17520A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AF8E16E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -598,107 +586,109 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2106801088">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00773B38"/>
     <w:rsid w:val="00151782"/>
     <w:rsid w:val="002B16F9"/>
     <w:rsid w:val="004E518C"/>
     <w:rsid w:val="00773B38"/>
     <w:rsid w:val="008142AF"/>
     <w:rsid w:val="00BF08BC"/>
     <w:rsid w:val="00EC1B1F"/>
     <w:rsid w:val="00ED0CAB"/>
+    <w:rsid w:val="00F7551D"/>
     <w:rsid w:val="00F90A27"/>
+    <w:rsid w:val="00FA59E3"/>
     <w:rsid w:val="00FF7EAA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="223008FF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EABCB1B7-371C-4E75-A502-BD3C4189C53B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1141,58 +1131,58 @@
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00BF08BC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="00B0F0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00ED0CAB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1446,59 +1436,318 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100793969650480094496BF20F24360705C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="177895ceba1e85a7a4029fe1fb31b145">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0103f796-9552-4033-b8f8-84d87517931f" xmlns:ns3="e06748d2-86d2-4c2e-bda4-f829a0cd106a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="165399077f20dfaa63e80e8fab5ebf76" ns2:_="" ns3:_="">
+    <xsd:import namespace="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <xsd:import namespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0103f796-9552-4033-b8f8-84d87517931f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cb061aeb-2629-450a-b3f0-027c5a847652" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{086b687f-63e4-4d07-9dba-7b3622b3de80}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e06748d2-86d2-4c2e-bda4-f829a0cd106a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e06748d2-86d2-4c2e-bda4-f829a0cd106a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0103f796-9552-4033-b8f8-84d87517931f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41F69EFC-EC48-438F-8D3D-03D2F57BC668}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C07B6825-6969-4DDA-8D54-0EA0F86ADC29}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{605D8F9E-CCB2-479F-9831-B5CCC43A60EF}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>234</Words>
-  <Characters>1340</Characters>
+  <Words>236</Words>
+  <Characters>1336</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1571</CharactersWithSpaces>
+  <CharactersWithSpaces>1565</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Abby Batterson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100793969650480094496BF20F24360705C</vt:lpwstr>
+  </property>
+</Properties>
+</file>