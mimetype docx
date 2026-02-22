--- v0 (2025-10-04)
+++ v1 (2026-02-22)
@@ -1,181 +1,220 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4D2A7ABA" w14:textId="3412D73F" w:rsidR="0084374A" w:rsidRDefault="0084374A" w:rsidP="0084374A">
+    <w:p w:rsidR="0084374A" w:rsidP="0084374A" w:rsidRDefault="0084374A" w14:paraId="4D2A7ABA" w14:textId="3412D73F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc99451850"/>
+      <w:bookmarkStart w:name="_Toc99451850" w:id="0"/>
       <w:r>
         <w:t>Radio Script Template</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="14DF8CA6" w14:textId="1C3CD5E5" w:rsidR="00BB19AA" w:rsidRPr="00AE4C1A" w:rsidRDefault="00F73A64" w:rsidP="00BB19AA">
+    <w:p w:rsidRPr="00AE4C1A" w:rsidR="00BB19AA" w:rsidP="00BB19AA" w:rsidRDefault="00F73A64" w14:paraId="14DF8CA6" w14:textId="1C3CD5E5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">15 </w:t>
       </w:r>
-      <w:r w:rsidR="00BB19AA" w:rsidRPr="00AE4C1A">
+      <w:r w:rsidRPr="00AE4C1A" w:rsidR="00BB19AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Seconds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2135FEDD" w14:textId="1B485655" w:rsidR="00F73A64" w:rsidRPr="00F73A64" w:rsidRDefault="00F73A64" w:rsidP="00F73A64">
+    <w:p w:rsidR="4D07D624" w:rsidP="4E6D1DC4" w:rsidRDefault="4D07D624" w14:paraId="736E4E2F" w14:textId="1C7F010B">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F73A64">
+      <w:r w:rsidRPr="4E6D1DC4" w:rsidR="4D07D624">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Learn how to protect yourself and your loved ones by joining the Senior Medicare Patrol, or SMP, for Medicare Fraud Prevention Week, held the week of June 5. Learn more at </w:t>
+      </w:r>
+      <w:hyperlink r:id="R7644a729322c407b">
+        <w:r w:rsidRPr="4E6D1DC4" w:rsidR="4D07D624">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
+            <w:caps w:val="0"/>
+            <w:smallCaps w:val="0"/>
+            <w:strike w:val="0"/>
+            <w:dstrike w:val="0"/>
+            <w:noProof w:val="0"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>smpresource.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="4E6D1DC4" w:rsidR="4D07D624">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E6D1DC4" w:rsidR="4D07D624">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4E6D1DC4" w:rsidP="4E6D1DC4" w:rsidRDefault="4E6D1DC4" w14:paraId="675A4DE2" w14:textId="34769EE6">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Learn how to protect yourself and your loved ones by joining the Senior Medicare Patrol, or SMP, for Medicare Fraud Prevention Week, held June </w:t>
-[...31 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="13585C3E" w14:textId="77777777" w:rsidR="002B16F9" w:rsidRDefault="002B16F9"/>
+    <w:p w:rsidR="002B16F9" w:rsidRDefault="002B16F9" w14:paraId="13585C3E" w14:textId="77777777"/>
     <w:sectPr w:rsidR="002B16F9">
       <w:headerReference w:type="default" r:id="rId8"/>
-      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="030BE89C" w14:textId="77777777" w:rsidR="00206FDD" w:rsidRDefault="00206FDD" w:rsidP="00206FDD">
+    <w:p w:rsidR="00206FDD" w:rsidP="00206FDD" w:rsidRDefault="00206FDD" w14:paraId="030BE89C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1277A59A" w14:textId="77777777" w:rsidR="00206FDD" w:rsidRDefault="00206FDD" w:rsidP="00206FDD">
+    <w:p w:rsidR="00206FDD" w:rsidP="00206FDD" w:rsidRDefault="00206FDD" w14:paraId="1277A59A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -185,77 +224,77 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="League Spartan">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000083" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22F4ED1F" w14:textId="77777777" w:rsidR="00206FDD" w:rsidRDefault="00206FDD" w:rsidP="00206FDD">
+    <w:p w:rsidR="00206FDD" w:rsidP="00206FDD" w:rsidRDefault="00206FDD" w14:paraId="22F4ED1F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2FA13CBC" w14:textId="77777777" w:rsidR="00206FDD" w:rsidRDefault="00206FDD" w:rsidP="00206FDD">
+    <w:p w:rsidR="00206FDD" w:rsidP="00206FDD" w:rsidRDefault="00206FDD" w14:paraId="2FA13CBC" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6A07CECA" w14:textId="77777777" w:rsidR="00206FDD" w:rsidRPr="00206FDD" w:rsidRDefault="00206FDD" w:rsidP="00206FDD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00206FDD" w:rsidR="00206FDD" w:rsidP="00206FDD" w:rsidRDefault="00206FDD" w14:paraId="6A07CECA" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:hAnsi="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00206FDD">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="085290"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4894FDFD" wp14:editId="16E0AE40">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
@@ -314,327 +353,342 @@
     <w:r w:rsidRPr="00206FDD">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:hAnsi="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t xml:space="preserve">Medicare Fraud </w:t>
     </w:r>
     <w:r w:rsidRPr="00206FDD">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:hAnsi="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:br/>
+    </w:r>
+    <w:r w:rsidRPr="00206FDD">
+      <w:rPr>
+        <w:rStyle w:val="Hyperlink"/>
+        <w:rFonts w:ascii="League Spartan" w:hAnsi="League Spartan"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+        <w:color w:val="085290"/>
+        <w:sz w:val="48"/>
+        <w:szCs w:val="48"/>
+        <w:u w:val="none"/>
+      </w:rPr>
       <w:t xml:space="preserve">Prevention Week </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="16C135B6" w14:textId="77777777" w:rsidR="00206FDD" w:rsidRDefault="00206FDD">
+  <w:p w:rsidR="00206FDD" w:rsidRDefault="00206FDD" w14:paraId="16C135B6" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A37AF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F780A8C8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="411388218">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="true"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0084374A"/>
     <w:rsid w:val="00206FDD"/>
     <w:rsid w:val="002B16F9"/>
     <w:rsid w:val="0076682D"/>
     <w:rsid w:val="0084374A"/>
-    <w:rsid w:val="00A70B73"/>
     <w:rsid w:val="00BB19AA"/>
-    <w:rsid w:val="00EC26B5"/>
     <w:rsid w:val="00F73A64"/>
+    <w:rsid w:val="1A56CDD5"/>
+    <w:rsid w:val="2A45D9AA"/>
+    <w:rsid w:val="4D07D624"/>
+    <w:rsid w:val="4E6D1DC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4494A47C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D06AA7BC-3A2A-43B4-8956-096401E0AAB0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -790,52 +844,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -902,204 +956,203 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0084374A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0084374A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="120" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="00B0F0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="0084374A"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="00B0F0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0084374A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0084374A"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00206FDD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00206FDD"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00206FDD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00206FDD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org/" TargetMode="External" Id="R7644a729322c407b" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -1349,59 +1402,314 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100793969650480094496BF20F24360705C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="177895ceba1e85a7a4029fe1fb31b145">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0103f796-9552-4033-b8f8-84d87517931f" xmlns:ns3="e06748d2-86d2-4c2e-bda4-f829a0cd106a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="165399077f20dfaa63e80e8fab5ebf76" ns2:_="" ns3:_="">
+    <xsd:import namespace="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <xsd:import namespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0103f796-9552-4033-b8f8-84d87517931f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cb061aeb-2629-450a-b3f0-027c5a847652" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{086b687f-63e4-4d07-9dba-7b3622b3de80}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e06748d2-86d2-4c2e-bda4-f829a0cd106a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e06748d2-86d2-4c2e-bda4-f829a0cd106a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0103f796-9552-4033-b8f8-84d87517931f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B447A0F-ADDB-4C46-A125-179EC452E701}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C3C75A4-0FB6-4ED3-8D67-01B8A75D1A4E}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{438D14EF-4241-42BC-B19D-60D603CE061B}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Abby Batterson</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Abby Batterson</lastModifiedBy>
+  <revision>5</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
-</file>
+</coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100793969650480094496BF20F24360705C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>