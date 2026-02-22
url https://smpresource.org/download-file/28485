--- v0 (2025-10-04)
+++ v1 (2026-02-22)
@@ -1,50 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A16FC8B" w14:textId="65B9AC65" w:rsidR="009A3C59" w:rsidRPr="00F764BD" w:rsidRDefault="009A3C59" w:rsidP="00F471A0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="085290"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F764BD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="085290"/>
           <w:u w:val="none"/>
         </w:rPr>
@@ -92,65 +97,64 @@
       </w:r>
       <w:r w:rsidR="00F37611" w:rsidRPr="009A3C59">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Media </w:t>
       </w:r>
       <w:r w:rsidRPr="009A3C59">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Materials</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="-1934821658"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="2945CF15" w14:textId="40603823" w:rsidR="00E13743" w:rsidRDefault="00E13743" w:rsidP="00530172">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="5501736E" w14:textId="0B2D1988" w:rsidR="00894A29" w:rsidRDefault="00E13743">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof w:val="0"/>
             </w:rPr>
@@ -1876,65 +1880,77 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="760D82EE" w14:textId="79AE6B4B" w:rsidR="00D46FE0" w:rsidRDefault="00D46FE0" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc128038667"/>
       <w:bookmarkStart w:id="1" w:name="Two"/>
       <w:r>
         <w:t>Planning</w:t>
       </w:r>
       <w:r w:rsidRPr="00F01BD7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00726270" w:rsidRPr="00530172">
         <w:t>Timeline</w:t>
       </w:r>
       <w:r w:rsidR="00726270">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F01BD7">
         <w:t>Before the Event</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="0E7D83F9" w14:textId="6590C902" w:rsidR="00FF41D5" w:rsidRPr="00FF41D5" w:rsidRDefault="00FF41D5" w:rsidP="00FF41D5">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Medicare Fraud Prevention Week runs Monday through Sunday of the week that contains June 5. </w:t>
+    <w:p w14:paraId="0E7D83F9" w14:textId="73AA789C" w:rsidR="00FF41D5" w:rsidRPr="00FF41D5" w:rsidRDefault="00FF41D5" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicare Fraud Prevention Week runs Monday through </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB45B7" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the week that contains June 5. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06FB5620" w14:textId="58EC2327" w:rsidR="00930BD6" w:rsidRPr="007606D3" w:rsidRDefault="0049290A" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Two" w:history="1">
         <w:bookmarkStart w:id="2" w:name="_Toc128038668"/>
         <w:r w:rsidRPr="007606D3">
           <w:t xml:space="preserve">Two Months </w:t>
         </w:r>
         <w:r w:rsidRPr="00530172">
           <w:t>Before</w:t>
         </w:r>
         <w:r w:rsidRPr="007606D3">
           <w:t xml:space="preserve"> the Event</w:t>
         </w:r>
         <w:bookmarkEnd w:id="1"/>
         <w:bookmarkEnd w:id="2"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="653E49BC" w14:textId="2CA3E7C3" w:rsidR="00D734CB" w:rsidRPr="00530172" w:rsidRDefault="00D734CB" w:rsidP="00530172">
@@ -1952,51 +1968,51 @@
         <w:t>esources</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="7C0D37D1" w14:textId="400E6A93" w:rsidR="003B0A50" w:rsidRDefault="003B0A50" w:rsidP="00840201">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sign up to receive </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="003B0A50">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Medicare Fraud Prevention Week emails</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B0FD00D" w14:textId="6FA3DAC9" w:rsidR="002C03AD" w:rsidRPr="007606D3" w:rsidRDefault="002C03AD" w:rsidP="00840201">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
@@ -2009,51 +2025,51 @@
       </w:pPr>
       <w:r w:rsidRPr="007606D3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to the SMP Resource </w:t>
       </w:r>
       <w:r w:rsidR="00977833" w:rsidRPr="007606D3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Center’s</w:t>
       </w:r>
       <w:r w:rsidRPr="007606D3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="009A3C59" w:rsidRPr="007606D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Medicare Fraud Prevention Week web</w:t>
         </w:r>
         <w:r w:rsidRPr="007606D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>pag</w:t>
         </w:r>
         <w:r w:rsidR="003A14D7" w:rsidRPr="007606D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
@@ -2068,51 +2084,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> for overall news and information on Medicare Fraud Prevention Week.</w:t>
       </w:r>
       <w:r w:rsidR="00F2179E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Familiarize yourself with the content that has been created and decide if you need to create additional resources or modify what has been created. The resources available from the Center are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20CB0BE0" w14:textId="45DA731E" w:rsidR="007D15A7" w:rsidRDefault="00F2179E" w:rsidP="007606D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00FF41D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Social media images and content</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6D0BD72D" w14:textId="07197EA6" w:rsidR="00F2179E" w:rsidRDefault="00F2179E" w:rsidP="007606D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2125,139 +2141,136 @@
         <w:t>Available as is or editable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127C8A1A" w14:textId="114EA994" w:rsidR="00F2179E" w:rsidRPr="007606D3" w:rsidRDefault="00F2179E" w:rsidP="00840201">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Press releases</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74254505" w14:textId="1CD57669" w:rsidR="007D15A7" w:rsidRPr="007606D3" w:rsidRDefault="007D15A7" w:rsidP="007606D3">
+    <w:p w14:paraId="74254505" w14:textId="2CCEFE4D" w:rsidR="007D15A7" w:rsidRPr="00C04C22" w:rsidRDefault="007D15A7" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2160"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Insert your information into the press release</w:t>
       </w:r>
-      <w:r w:rsidR="005B7456">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="005B7456" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00542205">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00542205" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Sample_Press_Release" w:history="1">
-[...10 lines deleted...]
-      <w:r w:rsidR="005B7456">
+      <w:r w:rsidR="007D5893" w:rsidRPr="00C04C22">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>see template</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7456" w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00542205">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="007D5893" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the end of this toolkit</w:t>
+      </w:r>
+      <w:r w:rsidR="00542205" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="007606D3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="306FF09B" w14:textId="387E76BD" w:rsidR="00E90399" w:rsidRDefault="00F2179E" w:rsidP="007606D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00FF41D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Videos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="52BEE6BD" w14:textId="2CF99485" w:rsidR="00F2179E" w:rsidRDefault="00F2179E" w:rsidP="007606D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2277,51 +2290,51 @@
         </w:rPr>
         <w:t>ded</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> into websites</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CA98E14" w14:textId="4F1E5B8F" w:rsidR="00F2179E" w:rsidRDefault="00F2179E" w:rsidP="005B2AA3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00FF41D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Print</w:t>
         </w:r>
         <w:r w:rsidR="005B2AA3" w:rsidRPr="00FF41D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> all</w:t>
         </w:r>
         <w:r w:rsidRPr="00FF41D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
@@ -2632,80 +2645,107 @@
       </w:pPr>
       <w:r w:rsidRPr="007606D3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Why is this week important:</w:t>
       </w:r>
       <w:r w:rsidRPr="007606D3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A5CBB" w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Medicare loses an estimated $60 billion each year due to fraud, errors, and abuse. Every day, issues related to these problems affect people across the country, often costing them time, money, and well-being. </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="008A5CBB">
+        <w:t xml:space="preserve">Medicare loses an estimated $60 billion each year due to fraud, errors, and abuse. Every day, issues related to these problems </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5CBB" w:rsidRPr="008A5CBB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Medicare-related errors contribute to this annual loss even though errors can be honest health care billing mistakes. However, repeated errors by a doctor or provider could be considered a red flag of potential fraud or abuse.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A65574B" w14:textId="1FE97FC7" w:rsidR="00896016" w:rsidRPr="007606D3" w:rsidRDefault="00896016" w:rsidP="00896016">
+        <w:t xml:space="preserve">affect people across the country, often costing them time, money, and well-being. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCA7133" w14:textId="20150BD2" w:rsidR="00896016" w:rsidRPr="008A5CBB" w:rsidRDefault="008A5CBB" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Medicare-related errors contribute to this annual loss even though errors can be honest health care billing mistakes. However, repeated errors by a doctor or provider could be considered a red flag of potential fraud or abuse</w:t>
+      </w:r>
+      <w:r w:rsidR="00A30952" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30952">
+        <w:t>if not corrected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A65574B" w14:textId="1FE97FC7" w:rsidR="00896016" w:rsidRPr="007606D3" w:rsidRDefault="00896016" w:rsidP="00896016">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007606D3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>When people steal from Medicare, it hurts us all and is big business for criminals. Some common examples of fraud</w:t>
       </w:r>
       <w:r w:rsidR="00633B5B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, errors,</w:t>
       </w:r>
       <w:r w:rsidRPr="007606D3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -2758,773 +2798,1351 @@
         <w:t>Misrepresenting a diagnosis, a person’s identity, the service provided, or other facts to justify payment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5156A783" w14:textId="77E1C1D1" w:rsidR="00896016" w:rsidRPr="007606D3" w:rsidRDefault="00896016" w:rsidP="00622AFD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007606D3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prescribing or providing excessive or unnecessary tests and services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C39DF6F" w14:textId="78014FB8" w:rsidR="00896016" w:rsidRPr="007606D3" w:rsidRDefault="00896016" w:rsidP="00726270">
+    <w:p w14:paraId="0C39DF6F" w14:textId="4216921E" w:rsidR="00896016" w:rsidRPr="007606D3" w:rsidRDefault="00896016" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="655C3137" w14:textId="7B652E2F" w:rsidR="00726270" w:rsidRPr="007606D3" w:rsidRDefault="00726270">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Falling prey to consumer scams or health care fraud may mean that your Medicare number has been “compromised” as a result of medical identity theft. </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2695">
+        <w:t>Stealing</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2695" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from Medicare leaves less available funds for those needing services now as well as those needing Medicare in the future. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3F4799" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="78A78582" w14:textId="59191ACD" w:rsidR="00DB2B31" w:rsidRPr="00622AFD" w:rsidRDefault="00D46FE0" w:rsidP="003C09EF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>How to Take Part in the Week</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FAA6863" w14:textId="2C55F4D8" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="00C04C22">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...73 lines deleted...]
-    <w:p w14:paraId="3A262413" w14:textId="50364535" w:rsidR="008A5CBB" w:rsidRPr="00622AFD" w:rsidRDefault="00DB2B31" w:rsidP="00622AFD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Learning how to prevent, detect, and report Medicare fraud and then sharing what you learn with others is how Medicare beneficiaries, caregivers, family members, partners, health care professionals, and the whole community can participate in this week. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57737375" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Prevent</w:t>
-[...17 lines deleted...]
-        <w:r w:rsidR="008A5CBB" w:rsidRPr="008A5CBB">
+        <w:t>Prevent:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The most effective way to stop Medicare fraud from happening is to prevent it in the first place. Steps to prevent Medicare fraud:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03213303" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Don't answer unknown calls. Wait for a message and call the person back. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAEB5F6" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stay up to date on the latest scams from the SMP through </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="1F1C60CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="2B7BB9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>How to Read Your Medicare Summary Notice (MSN</w:t>
+          <w:t>social media</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008A5CBB" w:rsidRPr="008A5CBB">
-[...7 lines deleted...]
-        <w:r w:rsidR="008A5CBB" w:rsidRPr="008A5CBB">
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the national </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidRPr="1F1C60CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="2B7BB9"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>state locator</w:t>
+          <w:t>fraud schemes pages</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008A5CBB" w:rsidRPr="008A5CBB">
-        <w:rPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="1F1C60CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="2B7BB9"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>local events</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008A5CBB">
-[...3 lines deleted...]
-    <w:p w14:paraId="6D265B39" w14:textId="2A8DF17B" w:rsidR="00DB2B31" w:rsidRPr="005B2AA3" w:rsidRDefault="00DB2B31" w:rsidP="008A5CBB">
+    </w:p>
+    <w:p w14:paraId="688756DD" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Download the SMP mobile app, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidRPr="1F1C60CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="2B7BB9"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>SMP Medicare Tracker</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1C4B7B" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="00C04C22">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77887670" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Detect:</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5CBB">
-[...15 lines deleted...]
-        <w:r w:rsidR="008A5CBB" w:rsidRPr="005B2AA3">
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>situations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you can't prevent, learning how to detect potential fraud, errors, and abuse is very important. Steps to detect Medicare fraud:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49348ED6" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Learn </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="1F1C60CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="2B7BB9"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>How to Read Your Medicare Summary Notice (MSN)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to spot red flags.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0058942B" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Create a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidRPr="1F1C60CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="2B7BB9"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Medicare.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> account to review claims quicker. MSNs are mailed every 180 days or at least twice a year.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6138E2BA" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Request and use a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidRPr="00880E95">
+          <w:rPr>
+            <w:color w:val="333333"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>My Health Care Tracker</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008A5CBB" w:rsidRPr="005B2AA3">
-[...7 lines deleted...]
-    <w:p w14:paraId="738678DD" w14:textId="56F0D71F" w:rsidR="00DB2B31" w:rsidRPr="00622AFD" w:rsidRDefault="00DB2B31" w:rsidP="00622AFD">
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the SMP and track what happens at appointments to then compare with what is billed on the MSNs and/or Explanation of Benefits (EOBs).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5EE0BF" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E0EC2E" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Report</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="0319ABBD" w14:textId="4257CED8" w:rsidR="008A5CBB" w:rsidRPr="00622AFD" w:rsidRDefault="00D46FE0" w:rsidP="0040329C">
+        <w:t>Report:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you find something concerning on an MSN or accidentally gave out your Medicare information, report it! Don't hide it and don't be ashamed. Scammers are really good at what they do and the SMP is here to help. Steps to report Medicare fraud:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D19705" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fill out this </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23">
+        <w:r w:rsidRPr="00880E95">
+          <w:rPr>
+            <w:color w:val="333333"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>online form</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be connected to your local SMP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9B93D3" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Call </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24">
+        <w:r w:rsidRPr="00880E95">
+          <w:rPr>
+            <w:color w:val="333333"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>1-877-808-2468</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be connected to your local SMP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6182ECE7" w14:textId="77777777" w:rsidR="00296BD1" w:rsidRPr="00D8743D" w:rsidRDefault="00296BD1" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidRPr="1F1C60CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:color w:val="2B7BB9"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>SMP Medicare Tracker</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00880E95">
+          <w:rPr>
+            <w:color w:val="333333"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> app's</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> report fraud button which works just like the online form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655C3137" w14:textId="7B652E2F" w:rsidR="00726270" w:rsidRPr="007606D3" w:rsidRDefault="00726270">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007606D3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Targeted Messaging</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23750813" w14:textId="1A6BF604" w:rsidR="00D46FE0" w:rsidRDefault="00D46FE0" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2B31" w:rsidRPr="008A5CBB">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00DB2B31" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>essaging for caregivers</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>essaging for beneficiaries:</w:t>
+      </w:r>
+      <w:r w:rsidR="006701C2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00622AFD" w:rsidRPr="008A5CBB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00DB2B31" w:rsidRPr="008A5CBB">
-[...25 lines deleted...]
-    <w:p w14:paraId="7240179D" w14:textId="77777777" w:rsidR="00413EEA" w:rsidRDefault="006701C2" w:rsidP="0040329C">
+      <w:r w:rsidR="00FD2D42" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protect your Medicare number like you would your banking information. Scammers use a lot of tactics to get your Medicare number; be aware of their tricks. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C60E8F" w14:textId="09048F3F" w:rsidR="1F1C60CE" w:rsidRDefault="1F1C60CE" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77B325DE" w14:textId="35EDEA77" w:rsidR="00FD2D42" w:rsidRDefault="00FD2D42" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Don't give or confirm your number to anyone that calls you out of the blue, through email, on social media, or even through a text message. You might be offered free products like back or knee braces, food, additional benefits, or told that your doctor asked them to call. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4884BAE7" w14:textId="296CF045" w:rsidR="1F1C60CE" w:rsidRDefault="1F1C60CE" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A9EBD7F" w14:textId="068F2AAD" w:rsidR="00FD2D42" w:rsidRDefault="00FD2D42" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If it sounds too good to be true, it probably is, so don't accept it. You are the best defense to protect your Medicare number!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6494AFA4" w14:textId="0DA0F754" w:rsidR="00D46FE0" w:rsidRDefault="00D46FE0" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Messaging</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2B31" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for families</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">essaging for </w:t>
+      </w:r>
+      <w:r w:rsidR="002924A5" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">families and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2B31" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>caregivers</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2B31" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5CBB">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="006701C2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00622AFD" w:rsidRPr="008A5CBB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="008A5CBB">
-[...16 lines deleted...]
-    <w:p w14:paraId="063C4C14" w14:textId="4FEA8012" w:rsidR="008A5CBB" w:rsidRPr="008A5CBB" w:rsidRDefault="008A5CBB" w:rsidP="00413EEA">
+      <w:r w:rsidR="2EE2B9A9" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Help by talking to your loved ones or clients about protecting their Medicare number just as they would a credit card number and never give out their Medicare number over the phone for any reason.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292E059B" w14:textId="46B30676" w:rsidR="1F1C60CE" w:rsidRDefault="1F1C60CE" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="0533B658" w14:textId="5E5509A7" w:rsidR="008A5CBB" w:rsidRPr="008A5CBB" w:rsidRDefault="00896016" w:rsidP="008A5CBB">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52B8B395" w14:textId="7883462F" w:rsidR="2EE2B9A9" w:rsidRDefault="2EE2B9A9" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Be on the lookout for things like boxes of knee braces (known as durable medical equipment, or DME) lying around the house. This is a common scam and may mean your client or loved one has been a victim. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDCC854" w14:textId="5F0F89A7" w:rsidR="2EE2B9A9" w:rsidRDefault="2EE2B9A9" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Help your loved ones create a Medicare.gov account to access their Medicare claims online or remind them to open their Medicare statements and look for concerning claims.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA2B251" w14:textId="77777777" w:rsidR="00FA5B5E" w:rsidRPr="008A5CBB" w:rsidRDefault="00FA5B5E" w:rsidP="00413EEA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0533B658" w14:textId="6947CDEF" w:rsidR="008A5CBB" w:rsidRPr="008A5CBB" w:rsidRDefault="00896016" w:rsidP="008A5CBB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A5CBB">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Messaging</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2B31" w:rsidRPr="008A5CBB">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00DB2B31" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for partners and professionals</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> for partner</w:t>
+      </w:r>
+      <w:r w:rsidR="005A64D4" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agencie</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2B31" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2B31" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="006701C2" w:rsidRPr="008A5CBB">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="006701C2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00622AFD" w:rsidRPr="008A5CBB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00DB2B31" w:rsidRPr="008A5CBB">
-[...12 lines deleted...]
-        <w:t>help by sharing SMP information on social media, referring clients and consumers to the SMP, and inviting the SMP to speak during a shared event. Identify ways to collaborate on mission-related topics and information.</w:t>
+      <w:r w:rsidR="000160D5" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5CBB" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elp by sharing SMP information on social media, referring clients and consumers to the SMP, and inviting the SMP to speak during a shared event. Identify ways to collaborate on mission-related topics and information.</w:t>
       </w:r>
       <w:r w:rsidR="008A5CBB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BB651D" w14:textId="2AA3F19D" w:rsidR="00DB2B31" w:rsidRPr="008A5CBB" w:rsidRDefault="00896016" w:rsidP="008A5CBB">
+    <w:p w14:paraId="54AFE718" w14:textId="0F854CEA" w:rsidR="1F1C60CE" w:rsidRDefault="1F1C60CE" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="484332F8" w14:textId="560F4D70" w:rsidR="00DB2B31" w:rsidRPr="008A5CBB" w:rsidRDefault="00896016" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Messaging</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2B31" w:rsidRPr="005B2AA3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00DB2B31" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for health care providers:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A5CBB">
+        <w:t xml:space="preserve"> for health care </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0C9C" w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00622AFD" w:rsidRPr="008A5CBB">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>professionals</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2B31" w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00DB2B31" w:rsidRPr="008A5CBB">
-[...14 lines deleted...]
-    <w:p w14:paraId="4CE8C171" w14:textId="2D8038A4" w:rsidR="00DB2B31" w:rsidRPr="00622AFD" w:rsidRDefault="00896016" w:rsidP="00622AFD">
+      <w:r w:rsidR="00AC0C9C" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5CBB" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elp by talking to patients about health care-related scams such as those related to durable medical equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3E0F" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DME)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5CBB" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, genetic testing, or new, plastic, or chipped Medicare cards</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3D43" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as well as any new scams that pop up</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5CBB" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C1B769" w14:textId="1F4F89DD" w:rsidR="00DB2B31" w:rsidRPr="008A5CBB" w:rsidRDefault="00DB2B31" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79BB651D" w14:textId="28F20C70" w:rsidR="00DB2B31" w:rsidRPr="008A5CBB" w:rsidRDefault="008A5CBB" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reassure </w:t>
+      </w:r>
+      <w:r w:rsidR="43CD67D5" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patients and caregivers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that your office and their other doctors’ offices are not going to call to offer them services or equipment. Teach them that products and services should only be ordered by doctors they regularly see, like you, and that needed medical items should never be ordered through TV ads or unsolicited calls.</w:t>
+      </w:r>
+      <w:r w:rsidR="00896016">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00896016">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004B3E0F" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stay alert for fax requests for DME, HIPAA, patient notes, or other items or services that you haven't talked to your patient about. Scammers are counting on your office to be busy and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2F4C" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sign</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3E0F" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> these without confirming with the patient first.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE8C171" w14:textId="5DA8F520" w:rsidR="00DB2B31" w:rsidRPr="00622AFD" w:rsidRDefault="00896016" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Messaging</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2B31" w:rsidRPr="00622AFD">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00DB2B31" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for communities:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00622AFD">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00622AFD">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00E8766F">
-[...37 lines deleted...]
-        <w:t>help by looking out for your older neighbors. If you overhear someone talking about Medicare, don’t be afraid to give information about the local SMP and SHIP. Encourage those you know to talk to a trusted source about their Medicare questions and tell your neighbors about the most recent Medicare scams. Consider volunteering with your local SMP!</w:t>
+      <w:r w:rsidR="008D663F" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5CBB" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elp by </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Int_SEMrfilr"/>
+      <w:r w:rsidR="008A5CBB" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>looking out</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="008A5CBB" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for your older neighbors. If you overhear someone talking about Medicare, don’t be afraid to give information about the local SMP and </w:t>
+      </w:r>
+      <w:r w:rsidR="008D663F" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>State Health Insurance Assistance Program (</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5CBB" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SHIP</w:t>
+      </w:r>
+      <w:r w:rsidR="008D663F" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5CBB" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Encourage those you know to talk to a trusted source about their Medicare questions and tell your neighbors about the most recent Medicare scams. Consider volunteering with your local SMP!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D88E510" w14:textId="77777777" w:rsidR="00404F4D" w:rsidRDefault="00404F4D" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc128038671"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc128038671"/>
     </w:p>
     <w:p w14:paraId="53E3EBAA" w14:textId="7859F13F" w:rsidR="00DB2B31" w:rsidRPr="00E045B6" w:rsidRDefault="00DB2B31" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00E045B6">
         <w:t>Plan</w:t>
       </w:r>
       <w:r w:rsidR="00726270">
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidRPr="00E045B6">
         <w:t>ctivities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="383B7E56" w14:textId="75DABB6D" w:rsidR="00D179CA" w:rsidRPr="00495B3E" w:rsidRDefault="00726270" w:rsidP="00D179CA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Activities for this week may happen virtually or in</w:t>
       </w:r>
       <w:r w:rsidR="00197844">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -3636,51 +4254,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>offer and/or</w:t>
       </w:r>
       <w:r w:rsidR="00910EA9" w:rsidRPr="00332596">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mail </w:t>
       </w:r>
       <w:r w:rsidR="00E8766F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">printed </w:t>
       </w:r>
       <w:r w:rsidR="00910EA9" w:rsidRPr="00332596">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">materials. See the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00910EA9" w:rsidRPr="00332596">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Print Materials section</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00910EA9" w:rsidRPr="00332596">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Medicare Fraud Prevention Week website for</w:t>
       </w:r>
       <w:r w:rsidR="00910EA9" w:rsidRPr="00495B3E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ideas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8C7FDE" w14:textId="598E557E" w:rsidR="00910EA9" w:rsidRPr="00495B3E" w:rsidRDefault="00726270" w:rsidP="007E49A9">
@@ -3710,50 +4328,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0552AE83" w14:textId="3D50861F" w:rsidR="00680B71" w:rsidRPr="00495B3E" w:rsidRDefault="00680B71" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>In-person activities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="489BAB7F" w14:textId="029FB9EE" w:rsidR="00DB2B31" w:rsidRPr="00495B3E" w:rsidRDefault="00DB2B31" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Play fraud-related games (like fraud bingo</w:t>
       </w:r>
       <w:r w:rsidR="008C0315">
@@ -4256,61 +4875,61 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47B7EBEA" w14:textId="1457255E" w:rsidR="00D75DF2" w:rsidRPr="00D75DF2" w:rsidRDefault="00D75DF2" w:rsidP="00D75DF2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75DF2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Do you have enough volunteers to help at events? Now would be a good time to see if you need to train more people. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E287D3D" w14:textId="1C2F123A" w:rsidR="00F40179" w:rsidRPr="00E045B6" w:rsidRDefault="00F40179" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc128038672"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc128038672"/>
       <w:r w:rsidRPr="00E045B6">
         <w:t xml:space="preserve">Engage </w:t>
       </w:r>
       <w:r w:rsidR="005C5AFE">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00E045B6">
         <w:t>artners</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="13E03BA7" w14:textId="4102C9A2" w:rsidR="00DB2B31" w:rsidRPr="00495B3E" w:rsidRDefault="00DB2B31" w:rsidP="00DB2B31">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Send information about the events to your partners. Ask them to publicize</w:t>
       </w:r>
       <w:r w:rsidR="00253FB2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -4483,51 +5102,50 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with identifying possible fraud.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D40343" w14:textId="254E5529" w:rsidR="00D179CA" w:rsidRPr="00495B3E" w:rsidRDefault="00D179CA" w:rsidP="00F471A0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Partners </w:t>
       </w:r>
       <w:r w:rsidR="00253FB2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>might</w:t>
       </w:r>
       <w:r w:rsidR="00253FB2" w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">talk about how </w:t>
@@ -4547,70 +5165,79 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r programs are</w:t>
       </w:r>
       <w:r w:rsidR="00253FB2" w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>working together to serve the community.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C196835" w14:textId="6EFE1705" w:rsidR="00D734CB" w:rsidRPr="00E045B6" w:rsidRDefault="00D734CB" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc128038673"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc128038673"/>
       <w:r w:rsidRPr="00E045B6">
         <w:t xml:space="preserve">Prepare for </w:t>
       </w:r>
       <w:r w:rsidR="00EE65C6">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="005C5AFE">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00E045B6">
         <w:t>edia</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...5 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="59152111" w14:textId="2FE34CDB" w:rsidR="00DF3B3E" w:rsidRPr="00A60053" w:rsidRDefault="003C09EF" w:rsidP="00A60053">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Heading4Char"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A60053">
+        <w:rPr>
+          <w:rStyle w:val="Heading4Char"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Work with Media Outlets</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEE4027" w14:textId="3A6C3675" w:rsidR="00047212" w:rsidRPr="00DF3B3E" w:rsidRDefault="00047212" w:rsidP="00DF3B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Start building or updating your list o</w:t>
       </w:r>
@@ -4755,50 +5382,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Radio stations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="102253E7" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="00047212" w:rsidP="00047212">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C0172E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Television stations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FF97B52" w14:textId="77777777" w:rsidR="00047212" w:rsidRPr="00C0172E" w:rsidRDefault="00047212" w:rsidP="00047212">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C0172E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Local newsletters</w:t>
       </w:r>
@@ -5039,347 +5667,249 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, request contact information</w:t>
       </w:r>
       <w:r w:rsidR="00265094" w:rsidRPr="00265094">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the producer of the specific show </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>during which you’d like your event to be covered.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438B8432" w14:textId="07B3A7E2" w:rsidR="003C09EF" w:rsidRPr="0045466F" w:rsidRDefault="003C09EF" w:rsidP="005B2AA3">
+    <w:p w14:paraId="438B8432" w14:textId="07B3A7E2" w:rsidR="003C09EF" w:rsidRPr="0045466F" w:rsidRDefault="003C09EF" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00265094">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> website accepts calendar announcements (</w:t>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ask if a media station’s website accepts calendar announcements (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sample_Calendar_Announcement" w:history="1">
-        <w:r w:rsidRPr="00265094">
+        <w:r w:rsidRPr="1F1C60CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>template here</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00265094">
-[...56 lines deleted...]
-      <w:r w:rsidRPr="00455A92">
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>). If so, find out where to send information, which specific details are needed, and how far in advance the station requires submissions to be sent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C4C754" w14:textId="7761D4CF" w:rsidR="00DF3B3E" w:rsidRPr="00455A92" w:rsidRDefault="00265094" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Story_Pitches_"/>
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="002550FE" w:rsidRPr="00455A92">
+      <w:r w:rsidR="002550FE" w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tory </w:t>
       </w:r>
-      <w:r w:rsidRPr="00455A92">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="002550FE" w:rsidRPr="00455A92">
+      <w:r w:rsidR="002550FE" w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:rStyle w:val="Heading4Char"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>itches</w:t>
       </w:r>
-      <w:r w:rsidR="00D8382A" w:rsidRPr="00455A92">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="00D8382A" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09214AAD" w14:textId="19E9953D" w:rsidR="009A5305" w:rsidRPr="00265094" w:rsidRDefault="00DF3B3E" w:rsidP="00265094">
+    <w:p w14:paraId="09214AAD" w14:textId="19E9953D" w:rsidR="009A5305" w:rsidRPr="00265094" w:rsidRDefault="00DF3B3E" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Write story pitches to entice media to cover your event (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sample_Pitch_Letter" w:history="1">
-        <w:r w:rsidRPr="00265094">
+        <w:r w:rsidRPr="1F1C60CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>see template</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00265094">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r w:rsidR="004A1622" w:rsidRPr="00265094">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="004A1622" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A news pitch is very similar to an elevator pitch in business</w:t>
       </w:r>
-      <w:r w:rsidR="003D754C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="003D754C" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, during which y</w:t>
       </w:r>
-      <w:r w:rsidR="004A1622" w:rsidRPr="00265094">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="004A1622" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ou have under one minute to get the journalist’s attention</w:t>
       </w:r>
-      <w:r w:rsidR="003D754C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="003D754C" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Use this brief time to </w:t>
       </w:r>
-      <w:r w:rsidR="004A1622" w:rsidRPr="00265094">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="004A1622" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">convince </w:t>
       </w:r>
-      <w:r w:rsidR="003D754C">
-[...17 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="003D754C" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the journalist </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1622" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to engage with you</w:t>
       </w:r>
-      <w:r w:rsidR="003D754C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="003D754C" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004A1622" w:rsidRPr="00265094">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="004A1622" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ask more questions</w:t>
       </w:r>
-      <w:r w:rsidR="003D754C">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="003D754C" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004A1622" w:rsidRPr="00265094">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="004A1622" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and hopefully cover your event. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F645682" w14:textId="37F037F9" w:rsidR="00937667" w:rsidRPr="00937667" w:rsidRDefault="00937667" w:rsidP="00265094">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Consider</w:t>
@@ -5548,149 +6078,142 @@
       <w:r w:rsidRPr="00265094">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to purchase </w:t>
       </w:r>
       <w:r w:rsidR="004A1622" w:rsidRPr="00265094">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>airtime</w:t>
       </w:r>
       <w:r w:rsidRPr="00265094">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE3CA68" w14:textId="64BCB774" w:rsidR="00937667" w:rsidRPr="00265094" w:rsidRDefault="00ED0258" w:rsidP="00265094">
+    <w:p w14:paraId="2FE3CA68" w14:textId="64BCB774" w:rsidR="00937667" w:rsidRPr="00265094" w:rsidRDefault="00ED0258" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Radio script </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Radio_Script_Templates" w:history="1">
-        <w:r w:rsidR="00937667" w:rsidRPr="00937667">
+      <w:hyperlink w:anchor="_Radio_Script_Templates_1" w:history="1">
+        <w:r w:rsidR="00937667" w:rsidRPr="1F1C60CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">templates </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="1F1C60CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">are </w:t>
         </w:r>
-        <w:r w:rsidR="00937667" w:rsidRPr="00937667">
+        <w:r w:rsidR="00937667" w:rsidRPr="1F1C60CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00937667">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00937667" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EB94F55" w14:textId="3A917C9A" w:rsidR="00E66B88" w:rsidRPr="003F5846" w:rsidRDefault="00E66B88" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="8" w:name="One"/>
-    <w:bookmarkStart w:id="9" w:name="_Hlk99033461"/>
+    <w:bookmarkStart w:id="10" w:name="One"/>
+    <w:bookmarkStart w:id="11" w:name="_Hlk99033461"/>
     <w:p w14:paraId="2ABC7B61" w14:textId="5CD623DB" w:rsidR="00D46FE0" w:rsidRPr="00495B3E" w:rsidRDefault="00D46FE0" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:instrText xml:space="preserve"> HYPERLINK  \l "Two" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Toc128038674"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc128038674"/>
       <w:r>
         <w:t>One</w:t>
       </w:r>
       <w:r w:rsidRPr="00164F8B">
         <w:t xml:space="preserve"> Month Before the Event</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00495B3E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="54BC576C" w14:textId="28C3E7EA" w:rsidR="00345B38" w:rsidRDefault="00E3072A" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc128038675"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc128038675"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00840201">
         <w:t xml:space="preserve">Send your </w:t>
       </w:r>
       <w:r w:rsidR="005C5AFE">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00762828" w:rsidRPr="00840201">
         <w:t xml:space="preserve">ress </w:t>
       </w:r>
       <w:r w:rsidR="005C5AFE">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00762828" w:rsidRPr="00840201">
         <w:t>elease</w:t>
       </w:r>
       <w:r w:rsidR="00BC5931" w:rsidRPr="00840201">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="005C5AFE">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00BC5931" w:rsidRPr="00840201">
         <w:t xml:space="preserve">ther </w:t>
       </w:r>
       <w:r w:rsidR="005C5AFE">
@@ -5698,51 +6221,51 @@
       </w:r>
       <w:r w:rsidR="00BC5931" w:rsidRPr="00840201">
         <w:t xml:space="preserve">ress </w:t>
       </w:r>
       <w:r w:rsidR="005C5AFE">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00BC5931" w:rsidRPr="00840201">
         <w:t xml:space="preserve">aterials </w:t>
       </w:r>
       <w:r w:rsidRPr="00840201">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="005C5AFE">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00840201">
         <w:t xml:space="preserve">edia </w:t>
       </w:r>
       <w:r w:rsidR="005C5AFE">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00840201">
         <w:t>ontacts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="2CF8ABAF" w14:textId="286907A5" w:rsidR="00345B38" w:rsidRPr="00495B3E" w:rsidRDefault="001564DC" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Include</w:t>
       </w:r>
       <w:r w:rsidR="00727414">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5894,85 +6417,86 @@
       <w:r w:rsidR="00B77350" w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B5F4797" w14:textId="7A4AF13C" w:rsidR="00345B38" w:rsidRPr="00345B38" w:rsidRDefault="00E3072A" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc128038676"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc128038676"/>
       <w:r w:rsidRPr="00840201">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Send </w:t>
       </w:r>
       <w:r w:rsidR="003C09EF">
         <w:t xml:space="preserve">Promotion </w:t>
       </w:r>
       <w:r w:rsidR="00C66748">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00840201">
         <w:t>aterial</w:t>
       </w:r>
       <w:r w:rsidR="003C09EF">
         <w:t xml:space="preserve"> Packet</w:t>
       </w:r>
       <w:r w:rsidR="001564DC">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00840201">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00C66748">
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="00840201">
         <w:t xml:space="preserve">our </w:t>
       </w:r>
       <w:r w:rsidR="00C66748">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00840201">
         <w:t>artners</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="2BA71FEA" w14:textId="26C36ECD" w:rsidR="00E3072A" w:rsidRPr="00495B3E" w:rsidRDefault="00E3072A" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Include </w:t>
       </w:r>
       <w:r w:rsidR="001564DC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -6066,76 +6590,76 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Add your events to the community calendar sections of local media.</w:t>
       </w:r>
       <w:r w:rsidR="005213C3" w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Send out calendar announcements to editors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F22BA23" w14:textId="0EB9C475" w:rsidR="009A5305" w:rsidRPr="00840201" w:rsidRDefault="000D7598" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc128038677"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc128038677"/>
       <w:r w:rsidRPr="00495B3E">
         <w:t xml:space="preserve">Promote the </w:t>
       </w:r>
       <w:r w:rsidR="00C66748">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:t>vent on</w:t>
       </w:r>
       <w:r w:rsidR="009A5305" w:rsidRPr="00840201">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C66748">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="009A5305" w:rsidRPr="00840201">
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00C66748">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="009A5305" w:rsidRPr="00840201">
         <w:t>edia</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="33C69A2A" w14:textId="0E3F237F" w:rsidR="009A5305" w:rsidRPr="00542205" w:rsidRDefault="009A5305" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Create a</w:t>
       </w:r>
       <w:r w:rsidR="001564DC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -6347,61 +6871,61 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> relevant</w:t>
       </w:r>
       <w:r w:rsidR="00946DA5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>social media channels.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F6E0378" w14:textId="65A988E5" w:rsidR="00835EC7" w:rsidRPr="00DE6B7C" w:rsidRDefault="009979BC" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc128038678"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc128038678"/>
       <w:r>
         <w:t xml:space="preserve">A Week </w:t>
       </w:r>
       <w:r w:rsidR="00B13440">
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:t>efore the Event</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="4C6E36C0" w14:textId="2F53C5BC" w:rsidR="00AA75FB" w:rsidRPr="00495B3E" w:rsidRDefault="00762828" w:rsidP="00495B3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Call </w:t>
       </w:r>
       <w:r w:rsidR="00E3072A" w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -6513,173 +7037,158 @@
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Email </w:t>
       </w:r>
       <w:r w:rsidR="001564DC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the prepared </w:t>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>press release and other press materials to your media contacts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4A8E47" w14:textId="61D81DE2" w:rsidR="009979BC" w:rsidRPr="00495B3E" w:rsidRDefault="009979BC" w:rsidP="009979BC">
+    <w:p w14:paraId="4A4A8E47" w14:textId="61D81DE2" w:rsidR="009979BC" w:rsidRPr="00495B3E" w:rsidRDefault="009979BC" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Send </w:t>
       </w:r>
-      <w:r w:rsidR="004421AD">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="004421AD" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00495B3E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">follow-up </w:t>
       </w:r>
-      <w:r w:rsidR="00332596">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00332596" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>calendar a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495B3E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nnouncement</w:t>
       </w:r>
-      <w:r w:rsidR="001564DC">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="001564DC" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or reminder</w:t>
       </w:r>
-      <w:r w:rsidR="00D8382A">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D8382A" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_Sample_Calendar_Announcement" w:history="1">
-        <w:r w:rsidR="00542205">
+        <w:r w:rsidR="00542205" w:rsidRPr="1F1C60CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>see template</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D8382A">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D8382A" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495B3E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to your channels to </w:t>
       </w:r>
-      <w:r w:rsidR="00946DA5" w:rsidRPr="00495B3E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00946DA5" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">promote </w:t>
       </w:r>
-      <w:r w:rsidR="003F4A0E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="003F4A0E" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00946DA5" w:rsidRPr="00495B3E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00946DA5" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>event</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495B3E">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="294115A8" w14:textId="313EEA0D" w:rsidR="009979BC" w:rsidRPr="00495B3E" w:rsidRDefault="009979BC" w:rsidP="009979BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6708,55 +7217,55 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and print</w:t>
       </w:r>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> all the materials you will </w:t>
       </w:r>
       <w:r w:rsidR="001564DC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>distribute or otherwise make available during the event.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E1E6601" w14:textId="2FAF49AC" w:rsidR="003F5846" w:rsidRDefault="003F5846" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc128038679"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc128038679"/>
       <w:r>
         <w:t>Week of the Event</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="6FC78987" w14:textId="2BA4ABF9" w:rsidR="003F5846" w:rsidRPr="00495B3E" w:rsidRDefault="003F5846" w:rsidP="003F5846">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Have your cellphone handy and check </w:t>
       </w:r>
       <w:r w:rsidR="005107FD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -6843,51 +7352,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>event.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8B4EEF" w14:textId="383215D5" w:rsidR="004421AD" w:rsidRPr="00840201" w:rsidRDefault="003F5846" w:rsidP="003F5846">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495B3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Assign a staff person to meet and greet reporters. This person will also be responsible for helping the reporter arrange any interviews or photo opportunities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="757DE8B8" w14:textId="59DB4B76" w:rsidR="003D410D" w:rsidRPr="004421AD" w:rsidRDefault="005107FD" w:rsidP="00455A92">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00345B38" w:rsidRPr="00455A92">
         <w:rPr>
@@ -6939,91 +7447,91 @@
       </w:r>
       <w:r w:rsidR="00345B38" w:rsidRPr="00455A92">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and be more attuned to your Facebook event page (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
       <w:r w:rsidR="00345B38" w:rsidRPr="00455A92">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="The"/>
+      <w:bookmarkStart w:id="18" w:name="The"/>
       <w:r w:rsidR="00FE7FD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20F63547" w14:textId="378271AA" w:rsidR="00181ACF" w:rsidRPr="00F01BD7" w:rsidRDefault="00B01A61" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="Interview_Tips"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkStart w:id="19" w:name="Interview_Tips"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc128038680"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00F01BD7">
         <w:t>Interview Tips</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="224F640C" w14:textId="789C306C" w:rsidR="00360089" w:rsidRPr="003A14D7" w:rsidRDefault="00360089" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc128038681"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc128038681"/>
       <w:r w:rsidRPr="003A14D7">
         <w:t>Prepare</w:t>
       </w:r>
       <w:r w:rsidR="005B7848" w:rsidRPr="003A14D7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C1B27">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="005B7848" w:rsidRPr="003A14D7">
         <w:t>eforehand</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="64ADEB0F" w14:textId="058B0E69" w:rsidR="00A4134A" w:rsidRPr="007E49A9" w:rsidRDefault="00A4134A" w:rsidP="00A4134A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Research </w:t>
       </w:r>
       <w:r w:rsidR="00181ACF" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -7094,50 +7602,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77558E69" w14:textId="21D61F95" w:rsidR="0039227C" w:rsidRPr="007E49A9" w:rsidRDefault="00360089" w:rsidP="00CA1A66">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Know</w:t>
       </w:r>
       <w:r w:rsidR="00CA1A66" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the main messages you wish to convey. Be</w:t>
       </w:r>
       <w:r w:rsidR="00293D3D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> flexible if the </w:t>
       </w:r>
       <w:r w:rsidR="00CA1A66" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">interview </w:t>
@@ -7273,61 +7782,61 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00B01A61" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, giving context to the</w:t>
       </w:r>
       <w:r w:rsidR="00293D3D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir intended use and importance to helping prevent Medicare fraud.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33748FFC" w14:textId="1CFF8F36" w:rsidR="005B7848" w:rsidRPr="003A14D7" w:rsidRDefault="005B7848" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc128038682"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc128038682"/>
       <w:r w:rsidRPr="003A14D7">
         <w:t xml:space="preserve">During the </w:t>
       </w:r>
       <w:r w:rsidR="008C1B27">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="003A14D7">
         <w:t>nterview</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="0A1B332B" w14:textId="77777777" w:rsidR="005B7848" w:rsidRPr="007E49A9" w:rsidRDefault="005B7848" w:rsidP="0013040A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Be friendly and professional. The reporter wants a good story – your story – and can reach many readers and viewers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1214B9BC" w14:textId="3B9141A3" w:rsidR="0013040A" w:rsidRPr="007E49A9" w:rsidRDefault="0013040A" w:rsidP="0013040A">
       <w:pPr>
@@ -7367,200 +7876,185 @@
         <w:t xml:space="preserve"> remember that the reporter is trying to digest a lot of information at once. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44A10FE7" w14:textId="01D0BB0C" w:rsidR="0013040A" w:rsidRPr="007E49A9" w:rsidRDefault="0013040A" w:rsidP="0013040A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">It’s okay to not know the answer to every question. Don’t guess. Tell the reporter that you don’t know, and you can follow up later. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B6F8526" w14:textId="59BA0C52" w:rsidR="00AD3B10" w:rsidRPr="007E49A9" w:rsidRDefault="008B284A" w:rsidP="008B284A">
+    <w:p w14:paraId="3B6F8526" w14:textId="3E258289" w:rsidR="00AD3B10" w:rsidRPr="007E49A9" w:rsidRDefault="008B284A" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Know your boundaries</w:t>
       </w:r>
-      <w:r w:rsidR="005238EF">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="005238EF" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">what you can and cannot say. </w:t>
       </w:r>
-      <w:r w:rsidR="005238EF">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="005238EF" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="008852C7">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="008852C7" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD3B10" w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00AD3B10" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tip sheet found in the SMP Resource Library entry </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00AD3B10" w:rsidRPr="007E49A9">
+      <w:hyperlink r:id="rId27">
+        <w:r w:rsidR="00AD3B10" w:rsidRPr="1F1C60CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Media Communications Training: Handling Media Like a Pro</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00AD3B10" w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00AD3B10" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005238EF">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="005238EF" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>encourages you to</w:t>
       </w:r>
-      <w:r w:rsidR="00AD3B10" w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00AD3B10" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> prepare in advance </w:t>
       </w:r>
-      <w:r w:rsidR="005238EF">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="005238EF" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="00AD3B10" w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00AD3B10" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the one question you </w:t>
       </w:r>
-      <w:r w:rsidR="002E3E33" w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="002E3E33" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dread</w:t>
       </w:r>
-      <w:r w:rsidR="00AD3B10" w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00AD3B10" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> answering. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E13420" w14:textId="552966C5" w:rsidR="005B7848" w:rsidRPr="003A14D7" w:rsidRDefault="005B7848" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc128038683"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc128038683"/>
       <w:r w:rsidRPr="003A14D7">
         <w:t xml:space="preserve">Before the </w:t>
       </w:r>
       <w:r w:rsidR="008C1B27">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="003A14D7">
         <w:t xml:space="preserve">nterview </w:t>
       </w:r>
       <w:r w:rsidR="008C1B27">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="003A14D7">
         <w:t>nds</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="4AF78E6B" w14:textId="156FD4C2" w:rsidR="0039227C" w:rsidRPr="007E49A9" w:rsidRDefault="00D32FAB" w:rsidP="00316425">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Give</w:t>
       </w:r>
       <w:r w:rsidR="00113B51" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -7625,51 +8119,51 @@
       </w:r>
       <w:r w:rsidR="00113B51" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the SMP Resource Center</w:t>
       </w:r>
       <w:r w:rsidR="005238EF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidR="00113B51" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Medicare Fraud Prevention Week </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00113B51" w:rsidRPr="007E49A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>webpage</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00113B51" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005238EF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for</w:t>
@@ -7688,51 +8182,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>more information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E35111" w14:textId="2F663E58" w:rsidR="005238EF" w:rsidRPr="007E49A9" w:rsidRDefault="005238EF" w:rsidP="005238EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Encourage the report</w:t>
       </w:r>
       <w:r w:rsidR="005E465C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to visit your organization or programmatic website.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26806ED5" w14:textId="77236C29" w:rsidR="005D2021" w:rsidRPr="007E49A9" w:rsidRDefault="005238EF" w:rsidP="00753E85">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
@@ -7839,67 +8332,67 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The reporter’s last question may be something like, “Is there anything else I should know?” </w:t>
       </w:r>
       <w:r w:rsidR="00360089" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Take this opportunity to reinforce your main messages.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="In_Person_Interview_Tips"/>
-      <w:bookmarkStart w:id="23" w:name="_Hlk98833082"/>
+      <w:bookmarkStart w:id="24" w:name="In_Person_Interview_Tips"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk98833082"/>
     </w:p>
     <w:p w14:paraId="3FC7BC79" w14:textId="1D10BC8C" w:rsidR="00252121" w:rsidRDefault="00252121" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc128038684"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc128038684"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00757DB9">
         <w:t>In-person Interview Tip</w:t>
       </w:r>
       <w:r w:rsidR="00CA1A66">
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="5BE378DF" w14:textId="44916695" w:rsidR="00CA1A66" w:rsidRPr="007E49A9" w:rsidRDefault="00227FBD" w:rsidP="00CA1A66">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00CA1A66" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>elevision, radio, and other multimedia journalists prefer to conduct face-to-face interviews so they can record the interviewee and capture images/sound</w:t>
       </w:r>
@@ -7949,50 +8442,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623C984F" w14:textId="23C3C18B" w:rsidR="00B03D49" w:rsidRPr="007E49A9" w:rsidRDefault="00B03D49" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Conduct the interview in a place that shows the SMP mission in action. For example, if the reporter is covering a Medicare Fraud Prevention Week event, conduct the interview before or after the event in the same location.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27E4A5DF" w14:textId="37386F42" w:rsidR="00A50A0C" w:rsidRPr="007E49A9" w:rsidRDefault="00A50A0C" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If the reporter is</w:t>
       </w:r>
       <w:r w:rsidR="00F86BCB">
@@ -8150,66 +8644,66 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidR="003177E0" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SMP table/booth with all the materials that you would show at a health fair.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51594F38" w14:textId="2E858883" w:rsidR="005D2021" w:rsidRPr="00757DB9" w:rsidRDefault="005D2021" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc128038685"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="Virtual_On_camera_Interview_Tips"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc128038685"/>
+      <w:bookmarkStart w:id="28" w:name="_Hlk98833090"/>
+      <w:bookmarkStart w:id="29" w:name="Virtual_On_camera_Interview_Tips"/>
       <w:r w:rsidRPr="00757DB9">
         <w:t xml:space="preserve">Virtual </w:t>
       </w:r>
       <w:r w:rsidR="00822F51" w:rsidRPr="00757DB9">
         <w:t xml:space="preserve">On-camera </w:t>
       </w:r>
       <w:r w:rsidRPr="00757DB9">
         <w:t>Interview Tips</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p w14:paraId="5F66140C" w14:textId="3115CF47" w:rsidR="00185631" w:rsidRPr="007E49A9" w:rsidRDefault="00185631" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>An</w:t>
       </w:r>
       <w:r w:rsidR="001C14CF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -8448,60 +8942,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
       <w:r w:rsidR="001C14CF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the interview.</w:t>
       </w:r>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FB4BBC" w14:textId="3DA9AC35" w:rsidR="00822F51" w:rsidRPr="00757DB9" w:rsidRDefault="00822F51" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc128038686"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="Phone_Interview_Tips"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc128038686"/>
+      <w:bookmarkStart w:id="31" w:name="_Hlk98833098"/>
+      <w:bookmarkStart w:id="32" w:name="Phone_Interview_Tips"/>
       <w:r w:rsidRPr="00757DB9">
         <w:t>Phone Interview Tips</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p w14:paraId="149EECF6" w14:textId="37C0823C" w:rsidR="00822F51" w:rsidRPr="007E49A9" w:rsidRDefault="001C14CF" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Test the</w:t>
       </w:r>
       <w:r w:rsidR="00822F51" w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -8675,51 +9169,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> before the interview.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1A6EF7" w14:textId="4D37202B" w:rsidR="00822F51" w:rsidRPr="007E49A9" w:rsidRDefault="008264C9" w:rsidP="006E67A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Because visual cues and body language are lost on a phone call, </w:t>
       </w:r>
       <w:r w:rsidR="00500391">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>make an intentional effort</w:t>
       </w:r>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to have </w:t>
       </w:r>
       <w:r w:rsidR="00500391">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>good</w:t>
@@ -8729,239 +9222,227 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rapport with the reporter. Be friendly, helpful, and professional.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="055D5D6D" w14:textId="77777777" w:rsidR="00FC40A1" w:rsidRPr="00FC40A1" w:rsidRDefault="00FC40A1" w:rsidP="00FC40A1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B026281" w14:textId="49C33FE9" w:rsidR="008977E5" w:rsidRDefault="00413EEA" w:rsidP="008977E5">
-[...4 lines deleted...]
-        <w:t>This product is supported by the Administration for Community Living (ACL), U.S. Department of Health and Human Services (HHS) as part of a financial assistance award totaling $1,053,178 with 100 percent funding by ACL/HHS.  The contents are those of the author(s) and do not necessarily represent the official views of, nor an endorsement, by ACL/HHS, or the U.S. Government.</w:t>
+    <w:p w14:paraId="5B026281" w14:textId="4AA8C166" w:rsidR="008977E5" w:rsidRDefault="00413EEA" w:rsidP="008977E5">
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:t>This product is supported by the Administration for Community Living (ACL), U.S. Department of Health and Human Services (HHS) as part of a financial assistance award totaling $1,</w:t>
+      </w:r>
+      <w:r w:rsidR="00404C68" w:rsidRPr="1F1C60CE">
+        <w:t xml:space="preserve">500,000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:t>with 100</w:t>
+      </w:r>
+      <w:r w:rsidR="00404C68" w:rsidRPr="1F1C60CE">
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:t xml:space="preserve"> funding by ACL/HHS.  The contents are those of the author(s) and do not necessarily represent the official views of, nor an endorsement, by ACL/HHS, or the U.S. </w:t>
+      </w:r>
+      <w:r w:rsidR="00404C68" w:rsidRPr="1F1C60CE">
+        <w:t>government</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D36B09" w14:textId="2385A827" w:rsidR="00B144CD" w:rsidRDefault="00B144CD" w:rsidP="00FC40A1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59909C42" w14:textId="1BC783BE" w:rsidR="00B144CD" w:rsidRDefault="00B144CD" w:rsidP="00B144CD"/>
     <w:p w14:paraId="5015DBDA" w14:textId="71A00D23" w:rsidR="00B144CD" w:rsidRDefault="00B144CD" w:rsidP="00B144CD"/>
-    <w:p w14:paraId="2424FAD7" w14:textId="39B7DF26" w:rsidR="00B144CD" w:rsidRDefault="00B144CD" w:rsidP="00B144CD"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="319A4706" w14:textId="06A37D89" w:rsidR="00B144CD" w:rsidRDefault="00B144CD" w:rsidP="00B144CD"/>
     <w:p w14:paraId="4913A7C4" w14:textId="1217F07C" w:rsidR="00B144CD" w:rsidRDefault="00B144CD" w:rsidP="00B144CD"/>
-    <w:p w14:paraId="3B717633" w14:textId="77777777" w:rsidR="00B144CD" w:rsidRPr="00B144CD" w:rsidRDefault="00B144CD" w:rsidP="00B144CD"/>
-    <w:p w14:paraId="2407BEF6" w14:textId="0EE0126A" w:rsidR="005B2AA3" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
+    <w:p w14:paraId="0B141B1C" w14:textId="51D64357" w:rsidR="00DA1986" w:rsidRPr="00DA1986" w:rsidRDefault="00DA1986" w:rsidP="00B144CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc128038687"/>
+      <w:bookmarkStart w:id="34" w:name="_Sample_Pitch_Letter"/>
       <w:r>
-        <w:br/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00DA1986">
         <w:t>Sample Pitch Letter</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="1D60A6B7" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FE86E09" w14:textId="0E3CDFC2" w:rsidR="00DA1986" w:rsidRPr="004A097F" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A097F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC40A1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[REPORTER]:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5060DAA2" w14:textId="2EB06BCB" w:rsidR="00DA1986" w:rsidRPr="004A097F" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D922D21" w14:textId="7A367512" w:rsidR="00DA1986" w:rsidRPr="004A097F" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
+    <w:p w14:paraId="3D922D21" w14:textId="162046DD" w:rsidR="00DA1986" w:rsidRPr="004A097F" w:rsidRDefault="00DA1986" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicare fraud, errors, and abuse cost people money, time, and well-being. </w:t>
       </w:r>
-      <w:r w:rsidR="00D8382A">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D8382A" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Senior Medicare Patrol (SMP)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A097F">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC0EF2" w:rsidRPr="004A097F">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FC0EF2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is empowering everyone to learn how they can prevent Medicare fraud from happening. Beginning </w:t>
       </w:r>
-      <w:r w:rsidR="00752799">
-[...17 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00752799" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD28FD" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first </w:t>
+      </w:r>
+      <w:r w:rsidR="00752799" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">week of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC0EF2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">June, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D8382A" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SMP</w:t>
       </w:r>
-      <w:r w:rsidR="00FC0EF2" w:rsidRPr="004A097F">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FC0EF2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is kicking off Medicare Fraud Prevention </w:t>
       </w:r>
-      <w:r w:rsidR="00E66324">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00E66324" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="00FC0EF2" w:rsidRPr="004A097F">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FC0EF2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eek. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BDA1997" w14:textId="77777777" w:rsidR="00DA1986" w:rsidRPr="004A097F" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="347F7A6D" w14:textId="1778D741" w:rsidR="00DA1986" w:rsidRPr="004A097F" w:rsidRDefault="00DA1986" w:rsidP="00DA1986">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -9292,61 +9773,60 @@
     <w:p w14:paraId="0A2E4F8C" w14:textId="77777777" w:rsidR="004A097F" w:rsidRDefault="004A097F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15F5B0A0" w14:textId="77777777" w:rsidR="004A097F" w:rsidRDefault="004A097F" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41D6E86C" w14:textId="6C9F532B" w:rsidR="004A097F" w:rsidRDefault="004A097F" w:rsidP="004A097F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="374693F4" w14:textId="29A6D0E2" w:rsidR="004A097F" w:rsidRDefault="004A097F" w:rsidP="004A097F"/>
     <w:p w14:paraId="7FA82E63" w14:textId="72088652" w:rsidR="004A097F" w:rsidRDefault="004A097F" w:rsidP="004A097F"/>
     <w:p w14:paraId="4C15E974" w14:textId="77777777" w:rsidR="004A097F" w:rsidRPr="004A097F" w:rsidRDefault="004A097F" w:rsidP="004A097F"/>
     <w:p w14:paraId="3F266B94" w14:textId="1EE3B6F7" w:rsidR="00F63ED7" w:rsidRPr="007E49A9" w:rsidRDefault="00B144CD" w:rsidP="00B144CD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Sample_Calendar_Announcement"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkStart w:id="35" w:name="_Sample_Calendar_Announcement"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc128038688"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Sa</w:t>
       </w:r>
       <w:r w:rsidR="0025578A" w:rsidRPr="00F01BD7">
         <w:t>mple Calendar Announcement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="3FF9E21C" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="007E49A9" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62160889" w14:textId="77777777" w:rsidR="00F63ED7" w:rsidRPr="007E49A9" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contact Information</w:t>
@@ -9486,118 +9966,137 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76EE1B88" w14:textId="4A6174FB" w:rsidR="00F63ED7" w:rsidRPr="007E49A9" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Medicare loses an estimated $60 billion each year due to fraud, errors, and abuse. Every day, issues related to these concerning matters affect people across the country, often costing them money, time, and well-being.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33A2E311" w14:textId="2160187A" w:rsidR="00177527" w:rsidRPr="007E49A9" w:rsidRDefault="00F63ED7" w:rsidP="00F63ED7">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="33A2E311" w14:textId="7C94666E" w:rsidR="00177527" w:rsidRPr="007E49A9" w:rsidRDefault="00F63ED7" w:rsidP="1F1C60CE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Medicare Fraud Prevention Week</w:t>
       </w:r>
-      <w:r w:rsidR="00FC01E2" w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FC01E2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, which </w:t>
       </w:r>
-      <w:r w:rsidR="00F60278">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00F60278" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">runs </w:t>
+      </w:r>
+      <w:r w:rsidR="008B5268" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F60278" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B5268" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F60278" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6/5</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC01E2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>focuses on the actions everyone can take to prevent Medicare fraud, errors, and abuse.</w:t>
       </w:r>
-      <w:r w:rsidR="00FC01E2" w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FC01E2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC01E2" w:rsidRPr="005B2AA3">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FC01E2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[YOUR ORGANIZATION]</w:t>
       </w:r>
-      <w:r w:rsidR="00FC01E2" w:rsidRPr="007E49A9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00FC01E2" w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is hosting a series of free educational events. Here is the schedule: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17D19542" w14:textId="5892E839" w:rsidR="00F63ED7" w:rsidRPr="00FC40A1" w:rsidRDefault="00FC01E2" w:rsidP="00177527">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC40A1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9697,69 +10196,69 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E49A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Senior Medicare Patrol (SMP) is ready to provide you with the information you need to PROTECT yourself from Medicare fraud, errors, and abuse; DETECT potential fraud, errors, and abuse; and REPORT your concerns. SMPs help educate and empower Medicare beneficiaries in the fight against health care fraud. Your SMP can help you with your questions, concerns, or complaints about potential fraud and abuse issues. It also provides information and educational presentations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26BAC6C1" w14:textId="6667B081" w:rsidR="008977E5" w:rsidRDefault="008977E5" w:rsidP="00F63ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EF88561" w14:textId="77777777" w:rsidR="00EF4F39" w:rsidRDefault="00EF4F39" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Sample_Press_Release"/>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkStart w:id="37" w:name="_Sample_Press_Release"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="3A44AC03" w14:textId="0D0FB752" w:rsidR="008977E5" w:rsidRDefault="008977E5" w:rsidP="00530172">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc128038689"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc128038689"/>
       <w:r w:rsidRPr="00F01BD7">
         <w:t xml:space="preserve">Sample </w:t>
       </w:r>
       <w:r>
         <w:t>Press Release</w:t>
       </w:r>
       <w:r w:rsidR="004566B9">
         <w:t xml:space="preserve"> #1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="004566B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A55BA5A" w14:textId="3620A005" w:rsidR="008977E5" w:rsidRPr="00F31E6F" w:rsidRDefault="008977E5" w:rsidP="008977E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">[USE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -9884,616 +10383,604 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> ADDRESS]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A540C21" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="00526843" w:rsidRDefault="008977E5" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Medicare Fraud Prevention Week Teaches Everyone How to Prevent Fraud</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156225CF" w14:textId="11E69EE6" w:rsidR="008977E5" w:rsidRDefault="00023FEF" w:rsidP="008977E5">
+    <w:p w14:paraId="156225CF" w14:textId="49D36641" w:rsidR="008977E5" w:rsidRDefault="00023FEF" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C6444A">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>(City</w:t>
-      </w:r>
+        <w:t>(City, State</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – </w:t>
+      </w:r>
+      <w:r w:rsidR="008977E5" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fraud costs Medicare an estimated $60 billion per year. It costs Medicare beneficiaries in time, stress, their medical identities, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00500391" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">potentially </w:t>
+      </w:r>
+      <w:r w:rsidR="008977E5" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their health. It costs families, friends, and caregivers in worry and </w:t>
+      </w:r>
+      <w:r w:rsidR="00500391" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lost </w:t>
+      </w:r>
+      <w:r w:rsidR="008977E5" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>work when helping their loved ones recover from Medicare fraud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7151252D" w14:textId="192CD9D0" w:rsidR="008977E5" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Medicare fraud has a devastating impact on </w:t>
+      </w:r>
+      <w:r w:rsidR="00500391">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beneficiaries and the Medicare program,” said </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31E6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:t>[INSERT SMP CONTACT NAME AND TITLE HERE. Be sure to also include “Senior Medicare Patrol (SMP)”]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070195F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “We teach people how to avoid </w:t>
+      </w:r>
+      <w:r w:rsidR="00500391">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>experiencing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medicare fraud. </w:t>
+      </w:r>
+      <w:r w:rsidR="00500391">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By </w:t>
+      </w:r>
+      <w:r w:rsidR="0063065F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>preventing fraud from happening, t</w:t>
+      </w:r>
+      <w:r w:rsidR="00500391">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">his program </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>help</w:t>
+      </w:r>
+      <w:r w:rsidR="00500391">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="0063065F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protects the Medicare program for generations to come.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510C2B47" w14:textId="40B810A4" w:rsidR="008977E5" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Learn how to protect yourself and your loved ones by joining the Senior Medicare Patrol (SMP) and their partners for Medicare Fraud Prevention Week</w:t>
+      </w:r>
+      <w:r w:rsidR="0063065F" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C6444A">
+      <w:r w:rsidR="00CB767B" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>which runs th</w:t>
+      </w:r>
+      <w:r w:rsidR="00290FAF" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rough th</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB767B" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e week of June 5, or 6/5, because most people become eligible for Medicare when they turn 65.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE52D6A" w14:textId="51D0B8A8" w:rsidR="008977E5" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“We’re excited to teach people both about how to protect themselves from Medicare fraud and about the services that the Senior Medicare Patrol program offers. We hope that people will remember the numbers ‘6-5’ to help us celebrate Medicare Fraud Prevention Week,” said </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>State</w:t>
+        <w:t xml:space="preserve">[INSERT CONTACT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...38 lines deleted...]
-    <w:p w14:paraId="7151252D" w14:textId="192CD9D0" w:rsidR="008977E5" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31E6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F31E6F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E564993" w14:textId="77777777" w:rsidR="008977E5" w:rsidRDefault="008977E5" w:rsidP="008977E5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Medicare fraud has a devastating impact on </w:t>
-[...197 lines deleted...]
-        </w:rPr>
         <w:t>Everyone plays a part in the fight against fraud. During Medicare Fraud Prevention Week:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F51882F" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+    <w:p w14:paraId="3BD9771A" w14:textId="55C94474" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="008977E5" w:rsidP="00290FAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC05DA">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Medicare beneficiaries</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D4216">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> can monitor their insurance statements to make sure products and services received match what is on the statements. They can request free My Health Care Trackers from their local SMP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E24F9C" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+    <w:p w14:paraId="3614FA06" w14:textId="19B93AED" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="06497B78" w:rsidP="00290FAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC05DA">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Caregivers</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="3614FA06" w14:textId="770FDE7A" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+        <w:t xml:space="preserve">Families and </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4E56">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aregivers</w:t>
+      </w:r>
+      <w:r w:rsidR="008977E5" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can help by being on the lookout for items such as durable medical equipment (like boxes of knee braces) lying around the house that may have been shipped to the beneficiary without their or their doctor’s approval. They can remind their client or loved one to protect their Medicare number just as they would a credit card number. They can help their loved ones create a Medicare.gov account to access their Medicare statements online or remind them to open and review them when they come in the mail. They can also register their phone number on “do not call” lists and go to </w:t>
+      </w:r>
+      <w:r w:rsidR="00204757" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>optout</w:t>
+      </w:r>
+      <w:r w:rsidR="008977E5" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prescreen.com to opt out of mailings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC896AA" w14:textId="10F164C2" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="008977E5" w:rsidP="008977E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC05DA">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Families</w:t>
-[...51 lines deleted...]
-    <w:p w14:paraId="5DC896AA" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+        <w:t xml:space="preserve">Partners </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can help by sharing SMP information on social media, referring clients and consumers to the SMP, and inviting the SMP to speak during a shared event. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7348D378" w14:textId="1F02A3A0" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="008977E5" w:rsidP="008977E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC05DA">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Partners and professionals</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="7348D378" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="008977E5" w:rsidP="008977E5">
+        <w:t xml:space="preserve">Health care </w:t>
+      </w:r>
+      <w:r w:rsidR="00290FAF" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>professionals</w:t>
+      </w:r>
+      <w:r w:rsidR="00290FAF" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>can help by talking to patients about health care-related scams such as those related to durable medical equipment and genetic testing schemes. They can remind them that products and services should only be ordered by physicians they regularly see. Needed medical items should never be ordered through TV ads or unsolicited calls.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE58905" w14:textId="77777777" w:rsidR="008977E5" w:rsidRPr="009D4216" w:rsidRDefault="008977E5" w:rsidP="008977E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC05DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Health care providers</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00BC05DA">
+        <w:t>Communit</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Communit</w:t>
+        <w:t>y members</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D4216">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can help by looking out for older neighbors. When in public, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they can </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D4216">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be aware of older individuals purchasing gift cards in large amounts. They can encourage those they know to talk to a trusted source about their Medicare questions and tell neighbors about the most recent Medicare scams. They can even consider volunteering with the local SMP!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FCB834" w14:textId="5946C98D" w:rsidR="008977E5" w:rsidRDefault="008977E5" w:rsidP="007E49A9">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23A6C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Senior Medicare Patrol (SMP) is ready to provide you with the information you need to PROTECT yourself from Medicare fraud, errors, and abuse; DETECT potential fraud, errors, and abuse; and REPORT your concerns. SMPs help educate and empower Medicare beneficiaries in the fight against health care fraud. Your SMP can help you with your questions, concerns, or complaints about potential fraud and abuse issues. It also provides information and educational presentations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21545274" w14:textId="77777777" w:rsidR="006A0186" w:rsidRDefault="006A0186">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-      </w:r>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc128038690"/>
       <w:r>
-        <w:rPr>
-[...29 lines deleted...]
-    <w:p w14:paraId="1D0D943B" w14:textId="65AB7AFB" w:rsidR="004566B9" w:rsidRDefault="004566B9" w:rsidP="004566B9">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0D943B" w14:textId="1FDDF6DD" w:rsidR="004566B9" w:rsidRDefault="004566B9" w:rsidP="004566B9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc128038690"/>
       <w:r w:rsidRPr="00F01BD7">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Sample </w:t>
       </w:r>
       <w:r>
         <w:t>Press Release #2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DB1D16B" w14:textId="77777777" w:rsidR="004566B9" w:rsidRPr="00F31E6F" w:rsidRDefault="004566B9" w:rsidP="004566B9">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F31E6F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">[USE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
@@ -10631,87 +11118,102 @@
       <w:r w:rsidRPr="00C6444A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00C6444A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ate)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16621F00" w14:textId="2855FC40" w:rsidR="004566B9" w:rsidRPr="00526843" w:rsidRDefault="004566B9" w:rsidP="004566B9">
+    <w:p w14:paraId="16621F00" w14:textId="68CEA889" w:rsidR="004566B9" w:rsidRPr="00526843" w:rsidRDefault="004566B9" w:rsidP="1F1C60CE">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medicare Fraud Prevention Week </w:t>
+      </w:r>
+      <w:r w:rsidR="00F60278" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Runs </w:t>
+      </w:r>
+      <w:r w:rsidR="000250A6" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6/1 to</w:t>
+      </w:r>
+      <w:r w:rsidR="00F60278" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6/5</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00C6444A">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Everyone Can Prevent Medicare Fraud</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D4C06A9" w14:textId="113541B9" w:rsidR="004566B9" w:rsidRDefault="004566B9" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C6444A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(City</w:t>
       </w:r>
       <w:r>
@@ -10826,459 +11328,470 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A85C0E" w14:textId="1731E8F8" w:rsidR="004566B9" w:rsidRDefault="0063065F" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“We teach people how to avoid experiencing Medicare fraud. By preventing fraud from happening, this program helps individuals and protects the Medicare program for generations to come.” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE07D0B" w14:textId="5370DD93" w:rsidR="004566B9" w:rsidRDefault="00F60278" w:rsidP="004566B9">
+    <w:p w14:paraId="6DE07D0B" w14:textId="4356B463" w:rsidR="004566B9" w:rsidRDefault="00F60278" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F60278">
+      <w:r w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn how to protect yourself and your loved ones by joining the Senior Medicare Patrol (SMP) and their partners for Medicare Fraud Prevention Week</w:t>
       </w:r>
-      <w:r w:rsidR="00464FBA">
+      <w:r w:rsidR="00464FBA" w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F60278">
-[...6 lines deleted...]
-      <w:r w:rsidR="004566B9">
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which runs t</w:t>
+      </w:r>
+      <w:r w:rsidR="008D049F" w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hrough t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1F1C60CE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he week of June 5, or 6/5, because most people become eligible for Medicare when they turn 65. </w:t>
+      </w:r>
+      <w:r w:rsidR="004566B9" w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Learn more about Medicare Fraud Prevention Week at </w:t>
       </w:r>
-      <w:r w:rsidR="00023FEF">
+      <w:r w:rsidR="00023FEF" w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>www.</w:t>
       </w:r>
-      <w:r w:rsidR="004566B9">
+      <w:r w:rsidR="004566B9" w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>smpresource.org</w:t>
       </w:r>
-      <w:r w:rsidR="00023FEF">
+      <w:r w:rsidR="00023FEF" w:rsidRPr="1F1C60CE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="582A07DB" w14:textId="77777777" w:rsidR="004566B9" w:rsidRDefault="004566B9" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>###</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F7C35F2" w14:textId="5BD52989" w:rsidR="004566B9" w:rsidRDefault="004566B9" w:rsidP="004566B9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A23A6C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SMPs help educate and empower Medicare beneficiaries in the fight against health care fraud. Your SMP can help you with your questions, concerns, or complaints about potential fraud and abuse issues. It also provides information and educational presentations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="652AC86C" w14:textId="77777777" w:rsidR="00894A29" w:rsidRDefault="00894A29" w:rsidP="00937667">
+    <w:p w14:paraId="1BA75E10" w14:textId="5483C4C9" w:rsidR="00937667" w:rsidRDefault="00894A29" w:rsidP="00DC4C96">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Radio_Script_Templates"/>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkStart w:id="40" w:name="_Radio_Script_Templates"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="41" w:name="_Toc128038691"/>
+      <w:bookmarkStart w:id="42" w:name="_Radio_Script_Templates_1"/>
+      <w:r w:rsidR="00937667">
         <w:lastRenderedPageBreak/>
         <w:t>Radio Script Templates</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="39D9228C" w14:textId="648DB0F8" w:rsidR="00937667" w:rsidRPr="00AE4C1A" w:rsidRDefault="00937667" w:rsidP="00AE4C1A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE4C1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>15 Seconds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A21C549" w14:textId="49B8A580" w:rsidR="00937667" w:rsidRPr="00937667" w:rsidRDefault="00937667" w:rsidP="00937667">
+    <w:p w14:paraId="4A21C549" w14:textId="081558FD" w:rsidR="00937667" w:rsidRPr="00937667" w:rsidRDefault="00937667" w:rsidP="135D90BE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00265094">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn how to protect yourself and your loved ones by joining the Senior Medicare Patrol</w:t>
       </w:r>
-      <w:r w:rsidR="00023FEF">
+      <w:r w:rsidR="00023FEF" w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00265094">
+      <w:r w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or SMP</w:t>
       </w:r>
-      <w:r w:rsidR="00055438">
+      <w:r w:rsidR="00055438" w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00265094">
+      <w:r w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Medicare Fraud Prevention Week</w:t>
       </w:r>
-      <w:r w:rsidR="0063065F">
+      <w:r w:rsidR="0063065F" w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, held</w:t>
       </w:r>
-      <w:r w:rsidRPr="00265094">
+      <w:r w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00071D7E">
-[...6 lines deleted...]
-      <w:r w:rsidR="0023338B">
+      <w:r w:rsidR="00071D7E" w:rsidRPr="135D90BE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the week of June </w:t>
+      </w:r>
+      <w:r w:rsidR="6AEB5956" w:rsidRPr="498BF65C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0023338B" w:rsidRPr="498BF65C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00265094">
+      <w:r w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Learn more at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="00265094">
+      <w:hyperlink r:id="rId29">
+        <w:r w:rsidRPr="135D90BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>smpresource.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00265094">
+      <w:r w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="182B700C" w14:textId="6902189F" w:rsidR="00937667" w:rsidRPr="00AE4C1A" w:rsidRDefault="00937667" w:rsidP="00AE4C1A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE4C1A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>30 Seconds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E78BDC0" w14:textId="2647A14D" w:rsidR="00937667" w:rsidRPr="00265094" w:rsidRDefault="00AE4C1A" w:rsidP="00937667">
+    <w:p w14:paraId="5E78BDC0" w14:textId="4BBD5B62" w:rsidR="00937667" w:rsidRPr="00265094" w:rsidRDefault="00AE4C1A" w:rsidP="135D90BE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="135D90BE">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicare Fraud Prevention Week focuses on the actions </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE4C1A">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="135D90BE">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>everyone</w:t>
       </w:r>
-      <w:r w:rsidRPr="007606D3">
-[...15 lines deleted...]
-      <w:r w:rsidR="00937667" w:rsidRPr="00265094">
+      <w:r w:rsidRPr="135D90BE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can take to prevent Medicare fraud, errors, and abuse. </w:t>
+      </w:r>
+      <w:r w:rsidR="00937667" w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn how to protect yourself and your loved ones by joining the Senior Medicare Patrol</w:t>
       </w:r>
-      <w:r w:rsidR="00023FEF">
+      <w:r w:rsidR="00023FEF" w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00937667" w:rsidRPr="00265094">
+      <w:r w:rsidR="00937667" w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or SMP</w:t>
       </w:r>
-      <w:r w:rsidR="00023FEF">
+      <w:r w:rsidR="00023FEF" w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00937667" w:rsidRPr="00265094">
+      <w:r w:rsidR="00937667" w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Medicare Fraud Prevention Wee</w:t>
       </w:r>
-      <w:r w:rsidR="00071D7E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00937667" w:rsidRPr="00265094">
+      <w:r w:rsidR="00071D7E" w:rsidRPr="135D90BE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">k, held the week of June </w:t>
+      </w:r>
+      <w:r w:rsidRPr="135D90BE" w:rsidDel="00071D7E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5th</w:t>
+      </w:r>
+      <w:r w:rsidR="00937667" w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Learn more at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="00937667" w:rsidRPr="00265094">
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidR="00937667" w:rsidRPr="135D90BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>smpresource.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="135D90BE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or by calling 1-877-808-2468.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107776C3" w14:textId="5914460A" w:rsidR="00937667" w:rsidRPr="00937667" w:rsidRDefault="00937667" w:rsidP="00937667">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00937667" w:rsidRPr="00937667">
-      <w:headerReference w:type="default" r:id="rId21"/>
-      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId31"/>
+      <w:footerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="507EB12C" w14:textId="77777777" w:rsidR="00F0479C" w:rsidRDefault="00F0479C" w:rsidP="00345471">
+    <w:p w14:paraId="2710D3D7" w14:textId="77777777" w:rsidR="00B50F84" w:rsidRDefault="00B50F84" w:rsidP="00345471">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E735E79" w14:textId="77777777" w:rsidR="00F0479C" w:rsidRDefault="00F0479C" w:rsidP="00345471">
+    <w:p w14:paraId="2B6163A5" w14:textId="77777777" w:rsidR="00B50F84" w:rsidRDefault="00B50F84" w:rsidP="00345471">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -11305,51 +11818,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="League Spartan">
-    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000800000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000083" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-4672368"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="617FDE41" w14:textId="63CBD404" w:rsidR="003C09EF" w:rsidRDefault="003C09EF">
@@ -11370,61 +11883,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6EDBB5EC" w14:textId="77777777" w:rsidR="003C09EF" w:rsidRDefault="003C09EF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76EDEC81" w14:textId="77777777" w:rsidR="00F0479C" w:rsidRDefault="00F0479C" w:rsidP="00345471">
+    <w:p w14:paraId="62ABDD71" w14:textId="77777777" w:rsidR="00B50F84" w:rsidRDefault="00B50F84" w:rsidP="00345471">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B600E69" w14:textId="77777777" w:rsidR="00F0479C" w:rsidRDefault="00F0479C" w:rsidP="00345471">
+    <w:p w14:paraId="1EB8EA47" w14:textId="77777777" w:rsidR="00B50F84" w:rsidRDefault="00B50F84" w:rsidP="00345471">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05F217B6" w14:textId="2FD58B15" w:rsidR="003C09EF" w:rsidRPr="00F764BD" w:rsidRDefault="003C09EF" w:rsidP="00696CB7">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:hAnsi="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
@@ -11520,50 +12033,62 @@
       </w:rPr>
       <w:br/>
     </w:r>
     <w:r w:rsidRPr="00F764BD">
       <w:rPr>
         <w:rStyle w:val="Hyperlink"/>
         <w:rFonts w:ascii="League Spartan" w:hAnsi="League Spartan"/>
         <w:b w:val="0"/>
         <w:bCs/>
         <w:color w:val="085290"/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t xml:space="preserve">Prevention Week </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="62A77CA2" w14:textId="0CB0CE8C" w:rsidR="003C09EF" w:rsidRDefault="003C09EF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+  <int2:observations>
+    <int2:bookmark int2:bookmarkName="_Int_SEMrfilr" int2:invalidationBookmarkName="" int2:hashCode="YKgVO+og+QZKR0" int2:id="DcdRhFwX">
+      <int2:state int2:value="Rejected" int2:type="gram"/>
+    </int2:bookmark>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+  <int2:onDemandWorkflows/>
+</int2:intelligence>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01D334E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6486C558"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11636,50 +12161,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08E55C8B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1638A0B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="104B4008"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49687C5E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11748,51 +12422,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="137B141E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D54E9BE0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11861,51 +12535,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B76357A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A328C7DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12010,51 +12684,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E9203A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96B6362A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12123,51 +12797,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E17520A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AF8E16E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12236,51 +12910,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="314C7D0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30884A12"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12349,51 +13023,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CB06B4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0B82A16"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12462,51 +13136,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="446D5AE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B942C4C2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12575,51 +13249,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="449A0C76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7662175A"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12688,51 +13362,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44CC75F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A1E7FEE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12801,51 +13475,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ADA598D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D16F224"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12914,51 +13588,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B204564"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C9871B2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13027,51 +13701,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C5B0D09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABD0D5E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13140,51 +13814,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52A37AF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F780A8C8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13253,51 +13927,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53C57006"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFDAE1B6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13366,51 +14040,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D367390"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AE42114"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13479,51 +14153,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E6B582A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13AC151A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13592,51 +14266,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F8C0FEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1F4BAF4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13705,51 +14379,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="727A0569"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74E62AE0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13818,51 +14492,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="795F7F54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17C40A54"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13931,51 +14605,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79EC28A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F74FC58"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14044,51 +14718,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B8B4883"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0652C0D6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14157,51 +14831,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E585A4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="541039FE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14271,476 +14945,614 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1706247928">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="507863438">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1543588322">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1819302308">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1909222978">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1446848934">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="197471502">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1561943408">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="572589379">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2082752668">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2004239757">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="852571000">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="356204148">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1934627209">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="736513173">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1159275768">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1246649780">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="349642902">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2125028542">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1934627209">
+  <w:num w:numId="20" w16cid:durableId="1524589211">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="936866205">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="665594866">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1583294678">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="736513173">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="24" w16cid:durableId="1791245643">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1159275768">
-[...24 lines deleted...]
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="25" w16cid:durableId="583804618">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00822EFA"/>
     <w:rsid w:val="0000696E"/>
     <w:rsid w:val="00015390"/>
+    <w:rsid w:val="000160D5"/>
     <w:rsid w:val="00023FEF"/>
+    <w:rsid w:val="000250A6"/>
+    <w:rsid w:val="00036AED"/>
+    <w:rsid w:val="0004392D"/>
     <w:rsid w:val="00047212"/>
     <w:rsid w:val="00051394"/>
     <w:rsid w:val="00055438"/>
     <w:rsid w:val="00071D7E"/>
     <w:rsid w:val="000875D5"/>
     <w:rsid w:val="000B22AA"/>
     <w:rsid w:val="000B43FC"/>
     <w:rsid w:val="000D7598"/>
     <w:rsid w:val="001017AD"/>
+    <w:rsid w:val="001059FA"/>
     <w:rsid w:val="001076C7"/>
+    <w:rsid w:val="00110E61"/>
     <w:rsid w:val="00111655"/>
     <w:rsid w:val="00113B51"/>
     <w:rsid w:val="00115F41"/>
     <w:rsid w:val="0012129C"/>
     <w:rsid w:val="0013040A"/>
     <w:rsid w:val="00140B9E"/>
     <w:rsid w:val="001564DC"/>
     <w:rsid w:val="0015787F"/>
     <w:rsid w:val="0017101C"/>
+    <w:rsid w:val="00172E91"/>
     <w:rsid w:val="00177527"/>
+    <w:rsid w:val="001812E7"/>
     <w:rsid w:val="00181ACF"/>
     <w:rsid w:val="00185631"/>
     <w:rsid w:val="00197844"/>
+    <w:rsid w:val="001A1098"/>
+    <w:rsid w:val="001A2A4E"/>
+    <w:rsid w:val="001A3E7F"/>
     <w:rsid w:val="001B636F"/>
     <w:rsid w:val="001C14CF"/>
     <w:rsid w:val="001C36BE"/>
+    <w:rsid w:val="001C4FAF"/>
     <w:rsid w:val="00204757"/>
+    <w:rsid w:val="00206B66"/>
+    <w:rsid w:val="0020A166"/>
     <w:rsid w:val="00227FBD"/>
     <w:rsid w:val="0023338B"/>
     <w:rsid w:val="0024701B"/>
+    <w:rsid w:val="0025062A"/>
     <w:rsid w:val="00252121"/>
     <w:rsid w:val="00253FB2"/>
     <w:rsid w:val="002548C6"/>
     <w:rsid w:val="002550FE"/>
     <w:rsid w:val="0025578A"/>
     <w:rsid w:val="00264730"/>
     <w:rsid w:val="00265094"/>
     <w:rsid w:val="0027135D"/>
     <w:rsid w:val="002815FA"/>
     <w:rsid w:val="00287CFB"/>
+    <w:rsid w:val="00290FAF"/>
+    <w:rsid w:val="002924A5"/>
+    <w:rsid w:val="00293276"/>
     <w:rsid w:val="00293D3D"/>
+    <w:rsid w:val="00296BD1"/>
+    <w:rsid w:val="002A6F2A"/>
     <w:rsid w:val="002B49C8"/>
     <w:rsid w:val="002B4BEF"/>
+    <w:rsid w:val="002B557F"/>
     <w:rsid w:val="002B7ED9"/>
     <w:rsid w:val="002C03AD"/>
+    <w:rsid w:val="002C2B23"/>
     <w:rsid w:val="002D12F7"/>
     <w:rsid w:val="002E3E33"/>
     <w:rsid w:val="002F0C5C"/>
     <w:rsid w:val="002F4C39"/>
     <w:rsid w:val="002F61AC"/>
     <w:rsid w:val="002F72B3"/>
     <w:rsid w:val="00301D41"/>
     <w:rsid w:val="00316425"/>
     <w:rsid w:val="003177E0"/>
+    <w:rsid w:val="0032082F"/>
     <w:rsid w:val="003216C4"/>
     <w:rsid w:val="003262D8"/>
+    <w:rsid w:val="00327AB5"/>
     <w:rsid w:val="00332596"/>
     <w:rsid w:val="00345471"/>
     <w:rsid w:val="00345B38"/>
     <w:rsid w:val="00360089"/>
     <w:rsid w:val="003616D1"/>
     <w:rsid w:val="00372770"/>
     <w:rsid w:val="0039092B"/>
     <w:rsid w:val="0039137A"/>
     <w:rsid w:val="0039227C"/>
     <w:rsid w:val="003A09FA"/>
     <w:rsid w:val="003A14D7"/>
+    <w:rsid w:val="003A6F87"/>
     <w:rsid w:val="003B0A50"/>
+    <w:rsid w:val="003B25CC"/>
+    <w:rsid w:val="003B4E56"/>
     <w:rsid w:val="003B6C1B"/>
     <w:rsid w:val="003C034A"/>
     <w:rsid w:val="003C09EF"/>
     <w:rsid w:val="003D410D"/>
     <w:rsid w:val="003D754C"/>
+    <w:rsid w:val="003D7822"/>
     <w:rsid w:val="003E40B7"/>
     <w:rsid w:val="003F23EC"/>
     <w:rsid w:val="003F4A0E"/>
     <w:rsid w:val="003F5846"/>
+    <w:rsid w:val="00400267"/>
     <w:rsid w:val="004037C3"/>
+    <w:rsid w:val="00404C68"/>
     <w:rsid w:val="00404F4D"/>
     <w:rsid w:val="00413EEA"/>
     <w:rsid w:val="00422C4B"/>
     <w:rsid w:val="00422CB9"/>
     <w:rsid w:val="004245DE"/>
     <w:rsid w:val="004421AD"/>
     <w:rsid w:val="0045466F"/>
     <w:rsid w:val="00455A92"/>
     <w:rsid w:val="00456340"/>
     <w:rsid w:val="004566B9"/>
     <w:rsid w:val="00464FBA"/>
+    <w:rsid w:val="004834FB"/>
+    <w:rsid w:val="00485102"/>
     <w:rsid w:val="0048607B"/>
     <w:rsid w:val="0049290A"/>
     <w:rsid w:val="004952AB"/>
     <w:rsid w:val="00495B3E"/>
     <w:rsid w:val="004A097F"/>
     <w:rsid w:val="004A1622"/>
+    <w:rsid w:val="004B3E0F"/>
+    <w:rsid w:val="004E1F71"/>
     <w:rsid w:val="004E7898"/>
     <w:rsid w:val="004F0D15"/>
+    <w:rsid w:val="004F2DFF"/>
     <w:rsid w:val="004F3BC8"/>
     <w:rsid w:val="004F3DD5"/>
     <w:rsid w:val="00500391"/>
     <w:rsid w:val="005107FD"/>
     <w:rsid w:val="005213C3"/>
     <w:rsid w:val="005238EF"/>
     <w:rsid w:val="00530172"/>
     <w:rsid w:val="00530331"/>
     <w:rsid w:val="0053402B"/>
     <w:rsid w:val="0053706D"/>
     <w:rsid w:val="00542205"/>
     <w:rsid w:val="0055159D"/>
+    <w:rsid w:val="00562EA4"/>
+    <w:rsid w:val="005642DE"/>
     <w:rsid w:val="005643FE"/>
+    <w:rsid w:val="005655C1"/>
+    <w:rsid w:val="00574BB1"/>
     <w:rsid w:val="005A5018"/>
+    <w:rsid w:val="005A64D4"/>
     <w:rsid w:val="005B2AA3"/>
     <w:rsid w:val="005B7456"/>
     <w:rsid w:val="005B7848"/>
     <w:rsid w:val="005C5AFE"/>
     <w:rsid w:val="005D2021"/>
     <w:rsid w:val="005E465C"/>
     <w:rsid w:val="0060302D"/>
     <w:rsid w:val="00603E41"/>
     <w:rsid w:val="00606165"/>
     <w:rsid w:val="0061256E"/>
     <w:rsid w:val="006215BC"/>
     <w:rsid w:val="00622AFD"/>
     <w:rsid w:val="0063065F"/>
     <w:rsid w:val="0063158D"/>
     <w:rsid w:val="0063253C"/>
     <w:rsid w:val="00633B5B"/>
     <w:rsid w:val="00645561"/>
     <w:rsid w:val="00651E76"/>
     <w:rsid w:val="006574C5"/>
     <w:rsid w:val="00664D46"/>
     <w:rsid w:val="006701C2"/>
     <w:rsid w:val="00673855"/>
     <w:rsid w:val="00680B71"/>
     <w:rsid w:val="006813DC"/>
     <w:rsid w:val="00696CB7"/>
+    <w:rsid w:val="006A0186"/>
     <w:rsid w:val="006B678A"/>
     <w:rsid w:val="006C0F51"/>
     <w:rsid w:val="006C2A92"/>
     <w:rsid w:val="006C2C0C"/>
     <w:rsid w:val="006D39FC"/>
     <w:rsid w:val="006E67A1"/>
     <w:rsid w:val="006F18DA"/>
     <w:rsid w:val="006F7526"/>
     <w:rsid w:val="00705400"/>
     <w:rsid w:val="00717351"/>
     <w:rsid w:val="00726270"/>
     <w:rsid w:val="00727414"/>
     <w:rsid w:val="007434A8"/>
     <w:rsid w:val="00752799"/>
     <w:rsid w:val="00753E85"/>
     <w:rsid w:val="00756CFB"/>
     <w:rsid w:val="00757DB9"/>
     <w:rsid w:val="007606D3"/>
     <w:rsid w:val="00762828"/>
+    <w:rsid w:val="00773C2B"/>
     <w:rsid w:val="007861DC"/>
     <w:rsid w:val="007B4A36"/>
+    <w:rsid w:val="007C2695"/>
     <w:rsid w:val="007D1099"/>
     <w:rsid w:val="007D15A7"/>
     <w:rsid w:val="007D1D60"/>
+    <w:rsid w:val="007D5893"/>
     <w:rsid w:val="007E360F"/>
     <w:rsid w:val="007E49A9"/>
     <w:rsid w:val="007F1B64"/>
     <w:rsid w:val="007F3146"/>
     <w:rsid w:val="007F58E7"/>
+    <w:rsid w:val="007F6EAB"/>
+    <w:rsid w:val="00805B8A"/>
+    <w:rsid w:val="00807305"/>
     <w:rsid w:val="00822EFA"/>
     <w:rsid w:val="00822F51"/>
     <w:rsid w:val="008264C9"/>
     <w:rsid w:val="00835EC7"/>
     <w:rsid w:val="00840201"/>
+    <w:rsid w:val="00865CC8"/>
+    <w:rsid w:val="00877889"/>
+    <w:rsid w:val="00880E95"/>
     <w:rsid w:val="008852C7"/>
+    <w:rsid w:val="00887523"/>
     <w:rsid w:val="00891E4D"/>
     <w:rsid w:val="008926FB"/>
     <w:rsid w:val="008942FF"/>
     <w:rsid w:val="00894A29"/>
     <w:rsid w:val="00896016"/>
     <w:rsid w:val="008977E5"/>
     <w:rsid w:val="008A5AE4"/>
     <w:rsid w:val="008A5CBB"/>
     <w:rsid w:val="008A6603"/>
     <w:rsid w:val="008B284A"/>
+    <w:rsid w:val="008B5268"/>
     <w:rsid w:val="008C0315"/>
     <w:rsid w:val="008C1B27"/>
+    <w:rsid w:val="008D049F"/>
     <w:rsid w:val="008D59AB"/>
+    <w:rsid w:val="008D663F"/>
+    <w:rsid w:val="008E32B9"/>
     <w:rsid w:val="008F1AEE"/>
     <w:rsid w:val="00910EA9"/>
+    <w:rsid w:val="009126A4"/>
     <w:rsid w:val="00913F63"/>
     <w:rsid w:val="00930BD6"/>
     <w:rsid w:val="00937667"/>
     <w:rsid w:val="00946DA5"/>
     <w:rsid w:val="009504AE"/>
+    <w:rsid w:val="00962CB0"/>
     <w:rsid w:val="00971E8B"/>
     <w:rsid w:val="00977833"/>
+    <w:rsid w:val="0097788F"/>
+    <w:rsid w:val="00985DFC"/>
     <w:rsid w:val="009960D6"/>
     <w:rsid w:val="009979BC"/>
     <w:rsid w:val="009A3C59"/>
     <w:rsid w:val="009A5305"/>
     <w:rsid w:val="009D335A"/>
     <w:rsid w:val="009E030F"/>
     <w:rsid w:val="009E6CEC"/>
     <w:rsid w:val="009F240C"/>
+    <w:rsid w:val="009F2D44"/>
     <w:rsid w:val="009F3E05"/>
     <w:rsid w:val="009F60A1"/>
     <w:rsid w:val="00A010AD"/>
     <w:rsid w:val="00A015DB"/>
+    <w:rsid w:val="00A05281"/>
+    <w:rsid w:val="00A243AF"/>
+    <w:rsid w:val="00A30952"/>
     <w:rsid w:val="00A32A36"/>
     <w:rsid w:val="00A360D4"/>
     <w:rsid w:val="00A4134A"/>
     <w:rsid w:val="00A504B6"/>
     <w:rsid w:val="00A50A0C"/>
     <w:rsid w:val="00A51E5F"/>
+    <w:rsid w:val="00A60053"/>
     <w:rsid w:val="00A67885"/>
     <w:rsid w:val="00A76F8E"/>
     <w:rsid w:val="00A85156"/>
     <w:rsid w:val="00AA75FB"/>
     <w:rsid w:val="00AB52D4"/>
     <w:rsid w:val="00AB6068"/>
     <w:rsid w:val="00AB7EF4"/>
+    <w:rsid w:val="00AC0C9C"/>
     <w:rsid w:val="00AD3B10"/>
     <w:rsid w:val="00AD5C04"/>
+    <w:rsid w:val="00AE30E4"/>
     <w:rsid w:val="00AE45F1"/>
     <w:rsid w:val="00AE4C1A"/>
     <w:rsid w:val="00AF34F2"/>
     <w:rsid w:val="00AF5F61"/>
     <w:rsid w:val="00B01A61"/>
     <w:rsid w:val="00B03D49"/>
     <w:rsid w:val="00B1238C"/>
     <w:rsid w:val="00B13440"/>
     <w:rsid w:val="00B144CD"/>
     <w:rsid w:val="00B155EC"/>
     <w:rsid w:val="00B17038"/>
     <w:rsid w:val="00B241F4"/>
     <w:rsid w:val="00B30D61"/>
+    <w:rsid w:val="00B50F84"/>
     <w:rsid w:val="00B573FC"/>
     <w:rsid w:val="00B74ECE"/>
     <w:rsid w:val="00B77350"/>
+    <w:rsid w:val="00B82218"/>
+    <w:rsid w:val="00B901EC"/>
     <w:rsid w:val="00BA33A1"/>
     <w:rsid w:val="00BB0C42"/>
     <w:rsid w:val="00BC5931"/>
     <w:rsid w:val="00BC7FF8"/>
+    <w:rsid w:val="00BF3D43"/>
     <w:rsid w:val="00C0172E"/>
+    <w:rsid w:val="00C04C22"/>
+    <w:rsid w:val="00C064F4"/>
     <w:rsid w:val="00C22778"/>
+    <w:rsid w:val="00C238A8"/>
+    <w:rsid w:val="00C32990"/>
     <w:rsid w:val="00C37033"/>
+    <w:rsid w:val="00C37330"/>
     <w:rsid w:val="00C5463D"/>
     <w:rsid w:val="00C60833"/>
     <w:rsid w:val="00C66748"/>
     <w:rsid w:val="00C6739F"/>
     <w:rsid w:val="00CA1A66"/>
+    <w:rsid w:val="00CB2F4C"/>
+    <w:rsid w:val="00CB45B7"/>
     <w:rsid w:val="00CB767B"/>
     <w:rsid w:val="00CE7E3D"/>
     <w:rsid w:val="00CF0779"/>
+    <w:rsid w:val="00CF0CEE"/>
     <w:rsid w:val="00CF674F"/>
     <w:rsid w:val="00D179CA"/>
     <w:rsid w:val="00D32FAB"/>
     <w:rsid w:val="00D443F4"/>
     <w:rsid w:val="00D46FE0"/>
+    <w:rsid w:val="00D562A6"/>
     <w:rsid w:val="00D734CB"/>
     <w:rsid w:val="00D75DF2"/>
+    <w:rsid w:val="00D82916"/>
     <w:rsid w:val="00D8382A"/>
+    <w:rsid w:val="00D8743D"/>
     <w:rsid w:val="00D93BC9"/>
     <w:rsid w:val="00DA1986"/>
     <w:rsid w:val="00DA2D26"/>
+    <w:rsid w:val="00DA4A19"/>
     <w:rsid w:val="00DB1168"/>
     <w:rsid w:val="00DB2AF5"/>
     <w:rsid w:val="00DB2B31"/>
     <w:rsid w:val="00DB5389"/>
+    <w:rsid w:val="00DC4C96"/>
+    <w:rsid w:val="00DC5C1C"/>
     <w:rsid w:val="00DC679B"/>
+    <w:rsid w:val="00DD28FD"/>
     <w:rsid w:val="00DD2A0B"/>
     <w:rsid w:val="00DD2F42"/>
     <w:rsid w:val="00DE4292"/>
     <w:rsid w:val="00DE48B5"/>
     <w:rsid w:val="00DE6B7C"/>
     <w:rsid w:val="00DF3B3E"/>
     <w:rsid w:val="00E045B6"/>
     <w:rsid w:val="00E103A3"/>
     <w:rsid w:val="00E13410"/>
     <w:rsid w:val="00E13743"/>
     <w:rsid w:val="00E267A7"/>
     <w:rsid w:val="00E3072A"/>
     <w:rsid w:val="00E31EA4"/>
     <w:rsid w:val="00E35932"/>
     <w:rsid w:val="00E40814"/>
     <w:rsid w:val="00E61CAD"/>
     <w:rsid w:val="00E66324"/>
     <w:rsid w:val="00E66B88"/>
     <w:rsid w:val="00E80E85"/>
     <w:rsid w:val="00E8766F"/>
     <w:rsid w:val="00E90399"/>
+    <w:rsid w:val="00E92145"/>
+    <w:rsid w:val="00E92313"/>
     <w:rsid w:val="00EA1C37"/>
+    <w:rsid w:val="00EC14FA"/>
     <w:rsid w:val="00EC26B5"/>
+    <w:rsid w:val="00EC27F8"/>
     <w:rsid w:val="00ED0258"/>
     <w:rsid w:val="00ED0305"/>
+    <w:rsid w:val="00EE3AD5"/>
     <w:rsid w:val="00EE65C6"/>
     <w:rsid w:val="00EF4F39"/>
     <w:rsid w:val="00F01BD7"/>
     <w:rsid w:val="00F0479C"/>
+    <w:rsid w:val="00F05A84"/>
     <w:rsid w:val="00F0628A"/>
     <w:rsid w:val="00F10C0F"/>
+    <w:rsid w:val="00F17532"/>
     <w:rsid w:val="00F2179E"/>
     <w:rsid w:val="00F37611"/>
     <w:rsid w:val="00F40179"/>
+    <w:rsid w:val="00F41AC4"/>
     <w:rsid w:val="00F471A0"/>
     <w:rsid w:val="00F60278"/>
     <w:rsid w:val="00F63761"/>
     <w:rsid w:val="00F63ED7"/>
     <w:rsid w:val="00F65B71"/>
+    <w:rsid w:val="00F66A9F"/>
     <w:rsid w:val="00F7298C"/>
+    <w:rsid w:val="00F74E70"/>
+    <w:rsid w:val="00F7505B"/>
     <w:rsid w:val="00F764BD"/>
     <w:rsid w:val="00F76657"/>
     <w:rsid w:val="00F76862"/>
+    <w:rsid w:val="00F84A75"/>
     <w:rsid w:val="00F86BCB"/>
     <w:rsid w:val="00F90D4D"/>
     <w:rsid w:val="00F97844"/>
     <w:rsid w:val="00FA446B"/>
+    <w:rsid w:val="00FA59E3"/>
+    <w:rsid w:val="00FA5B5E"/>
     <w:rsid w:val="00FC005D"/>
     <w:rsid w:val="00FC01E2"/>
     <w:rsid w:val="00FC0EF2"/>
     <w:rsid w:val="00FC40A1"/>
     <w:rsid w:val="00FD243F"/>
+    <w:rsid w:val="00FD2D42"/>
     <w:rsid w:val="00FD357A"/>
     <w:rsid w:val="00FD3984"/>
+    <w:rsid w:val="00FD606A"/>
+    <w:rsid w:val="00FD776D"/>
     <w:rsid w:val="00FE7FD7"/>
     <w:rsid w:val="00FF41D5"/>
+    <w:rsid w:val="02B5BA14"/>
+    <w:rsid w:val="06497B78"/>
+    <w:rsid w:val="0A5A08E6"/>
+    <w:rsid w:val="0B03B10C"/>
+    <w:rsid w:val="0D7431F8"/>
+    <w:rsid w:val="0E6DCD17"/>
+    <w:rsid w:val="105764D1"/>
+    <w:rsid w:val="11A77C6B"/>
+    <w:rsid w:val="12ECBDB6"/>
+    <w:rsid w:val="135D90BE"/>
+    <w:rsid w:val="14A6C34B"/>
+    <w:rsid w:val="151B3181"/>
+    <w:rsid w:val="1978ECDB"/>
+    <w:rsid w:val="1F1C60CE"/>
+    <w:rsid w:val="2905FAA5"/>
+    <w:rsid w:val="2D5C8483"/>
+    <w:rsid w:val="2E09D267"/>
+    <w:rsid w:val="2EE2B9A9"/>
+    <w:rsid w:val="31391B14"/>
+    <w:rsid w:val="3C9222E9"/>
+    <w:rsid w:val="3CF11D6C"/>
+    <w:rsid w:val="421A798C"/>
+    <w:rsid w:val="43CD67D5"/>
+    <w:rsid w:val="48A71FA6"/>
+    <w:rsid w:val="49248D43"/>
+    <w:rsid w:val="498BF65C"/>
+    <w:rsid w:val="4A024DFC"/>
+    <w:rsid w:val="555CE43D"/>
+    <w:rsid w:val="60EF30DE"/>
+    <w:rsid w:val="6290750A"/>
+    <w:rsid w:val="6AEB5956"/>
+    <w:rsid w:val="6C5573FD"/>
+    <w:rsid w:val="7B0DE84C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3E2893F6"/>
@@ -15671,51 +16483,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2027974420">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp.constantcontactpages.com/su/E75A2hW/MFPW" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/Qan79r6YY_w" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/print-materials/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/ResourceLibrary/Resources/EA874A69-684B-46AF-B270-88A7F13EFD89/Media-Communications-Training-Handling-Media-Like-a-Pro.aspx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Content/Medicare-Fraud-Prevention-Week/Print-Materials.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/videos/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Content/You-Can-Help/My-Health-Care-Tracker.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/social-media-kit/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Locator/Default.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/social-media-kit/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/locator/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Content/Medicare-Fraud-Prevention-Week/Print-Materials.aspx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicare.gov/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud/fraud-schemes/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onelink.to/smpmedicaretracker" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/SMPNationalResourceCenter" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=08lRvtemRGs&amp;t=7s" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp.constantcontactpages.com/su/E75A2hW/MFPW" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:1-877-808-2468" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/print-materials/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/you-can-help/report-fraud/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smpresource.org/Medicare-Fraud-Prevention-Week.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onelink.to/smpmedicaretracker" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/medicare-fraud-prevention-week/videos/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/you-can-help/my-health-care-tracker/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smpresource.org/topics/media-communications-training-handling-media-like-a-pro/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smpresource.org" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -15977,87 +16789,360 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="e06748d2-86d2-4c2e-bda4-f829a0cd106a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0103f796-9552-4033-b8f8-84d87517931f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100793969650480094496BF20F24360705C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="177895ceba1e85a7a4029fe1fb31b145">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0103f796-9552-4033-b8f8-84d87517931f" xmlns:ns3="e06748d2-86d2-4c2e-bda4-f829a0cd106a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="165399077f20dfaa63e80e8fab5ebf76" ns2:_="" ns3:_="">
+    <xsd:import namespace="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <xsd:import namespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0103f796-9552-4033-b8f8-84d87517931f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cb061aeb-2629-450a-b3f0-027c5a847652" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e06748d2-86d2-4c2e-bda4-f829a0cd106a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{086b687f-63e4-4d07-9dba-7b3622b3de80}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e06748d2-86d2-4c2e-bda4-f829a0cd106a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B841B8E-F11A-4FFD-9195-2173BE1ABFAB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12CCA08B-46D2-443D-8E25-66112C3E0228}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <ds:schemaRef ds:uri="0103f796-9552-4033-b8f8-84d87517931f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCA17758-ADEE-4FCF-A8CC-842A813A77D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{276E18B9-04D9-47D2-A845-F5978FD03F5D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0103f796-9552-4033-b8f8-84d87517931f"/>
+    <ds:schemaRef ds:uri="e06748d2-86d2-4c2e-bda4-f829a0cd106a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>4202</Words>
-  <Characters>23956</Characters>
+  <Words>4678</Words>
+  <Characters>24378</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>199</Lines>
-  <Paragraphs>56</Paragraphs>
+  <Lines>554</Lines>
+  <Paragraphs>309</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28102</CharactersWithSpaces>
+  <CharactersWithSpaces>28747</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maureen Patterson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100793969650480094496BF20F24360705C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>